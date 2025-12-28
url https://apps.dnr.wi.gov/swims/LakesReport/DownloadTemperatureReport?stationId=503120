--- v0 (2025-11-01)
+++ v1 (2025-12-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bf111bbd3fd4e51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49a3991bb8c24f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R709d2e191fc24e6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7bae59670ebe4a93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R709d2e191fc24e6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7bae59670ebe4a93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>