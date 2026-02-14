--- v1 (2025-12-28)
+++ v2 (2026-02-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49a3991bb8c24f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55793a511d4040fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7bae59670ebe4a93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcd3abbc321af4dc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7bae59670ebe4a93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd3abbc321af4dc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>