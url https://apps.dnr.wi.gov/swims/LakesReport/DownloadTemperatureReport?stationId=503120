--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55793a511d4040fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f4a0baf80684da0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcd3abbc321af4dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R22cae4b133704dd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcd3abbc321af4dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R22cae4b133704dd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -21375,28 +21375,1224 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G411" t="inlineStr">
         <x:is>
           <x:t>66.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H411" t="inlineStr">
         <x:is>
           <x:t>.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I411" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J411" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="412">
+      <x:c r="A412" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B412" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C412" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D412" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E412" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F412" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G412" t="inlineStr">
+        <x:is>
+          <x:t>40.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H412" t="inlineStr">
+        <x:is>
+          <x:t>13.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I412" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J412" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="413">
+      <x:c r="A413" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B413" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C413" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D413" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E413" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F413" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G413" t="inlineStr">
+        <x:is>
+          <x:t>38.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H413" t="inlineStr">
+        <x:is>
+          <x:t>11.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I413" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J413" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="414">
+      <x:c r="A414" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B414" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C414" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D414" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E414" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F414" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G414" t="inlineStr">
+        <x:is>
+          <x:t>38.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H414" t="inlineStr">
+        <x:is>
+          <x:t>10.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I414" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J414" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="415">
+      <x:c r="A415" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B415" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C415" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D415" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E415" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F415" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G415" t="inlineStr">
+        <x:is>
+          <x:t>39.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H415" t="inlineStr">
+        <x:is>
+          <x:t>10.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I415" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J415" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="416">
+      <x:c r="A416" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B416" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C416" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D416" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E416" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F416" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G416" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H416" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I416" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J416" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="417">
+      <x:c r="A417" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B417" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C417" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D417" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E417" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F417" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G417" t="inlineStr">
+        <x:is>
+          <x:t>39.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H417" t="inlineStr">
+        <x:is>
+          <x:t>9.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I417" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J417" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="418">
+      <x:c r="A418" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B418" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C418" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D418" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E418" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F418" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G418" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H418" t="inlineStr">
+        <x:is>
+          <x:t>9.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I418" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J418" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="419">
+      <x:c r="A419" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B419" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C419" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D419" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E419" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F419" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G419" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H419" t="inlineStr">
+        <x:is>
+          <x:t>9.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I419" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J419" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="420">
+      <x:c r="A420" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B420" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C420" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D420" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E420" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F420" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G420" t="inlineStr">
+        <x:is>
+          <x:t>39.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H420" t="inlineStr">
+        <x:is>
+          <x:t>9.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I420" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J420" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="421">
+      <x:c r="A421" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B421" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C421" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D421" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E421" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F421" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G421" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H421" t="inlineStr">
+        <x:is>
+          <x:t>9.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I421" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J421" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="422">
+      <x:c r="A422" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B422" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C422" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D422" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E422" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F422" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G422" t="inlineStr">
+        <x:is>
+          <x:t>39.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H422" t="inlineStr">
+        <x:is>
+          <x:t>9.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I422" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J422" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="423">
+      <x:c r="A423" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B423" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C423" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D423" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E423" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F423" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G423" t="inlineStr">
+        <x:is>
+          <x:t>39.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H423" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I423" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J423" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="424">
+      <x:c r="A424" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B424" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C424" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D424" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E424" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F424" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G424" t="inlineStr">
+        <x:is>
+          <x:t>39.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H424" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I424" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J424" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="425">
+      <x:c r="A425" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B425" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C425" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D425" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E425" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F425" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G425" t="inlineStr">
+        <x:is>
+          <x:t>39.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H425" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I425" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J425" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="426">
+      <x:c r="A426" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B426" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C426" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D426" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E426" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F426" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G426" t="inlineStr">
+        <x:is>
+          <x:t>39.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H426" t="inlineStr">
+        <x:is>
+          <x:t>7.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I426" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J426" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="427">
+      <x:c r="A427" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B427" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C427" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D427" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E427" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F427" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G427" t="inlineStr">
+        <x:is>
+          <x:t>39.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H427" t="inlineStr">
+        <x:is>
+          <x:t>7.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I427" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J427" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="428">
+      <x:c r="A428" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B428" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C428" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D428" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E428" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F428" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G428" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H428" t="inlineStr">
+        <x:is>
+          <x:t>7.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I428" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J428" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="429">
+      <x:c r="A429" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B429" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C429" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D429" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E429" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F429" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G429" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H429" t="inlineStr">
+        <x:is>
+          <x:t>7.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I429" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J429" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="430">
+      <x:c r="A430" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B430" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C430" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D430" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E430" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F430" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G430" t="inlineStr">
+        <x:is>
+          <x:t>40.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H430" t="inlineStr">
+        <x:is>
+          <x:t>6.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I430" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J430" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="431">
+      <x:c r="A431" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B431" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C431" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D431" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E431" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F431" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G431" t="inlineStr">
+        <x:is>
+          <x:t>40.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H431" t="inlineStr">
+        <x:is>
+          <x:t>6.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I431" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J431" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="432">
+      <x:c r="A432" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B432" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C432" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D432" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E432" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F432" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G432" t="inlineStr">
+        <x:is>
+          <x:t>40.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H432" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I432" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J432" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="433">
+      <x:c r="A433" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B433" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C433" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D433" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E433" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F433" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G433" t="inlineStr">
+        <x:is>
+          <x:t>40.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H433" t="inlineStr">
+        <x:is>
+          <x:t>5.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I433" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J433" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="434">
+      <x:c r="A434" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B434" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C434" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D434" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E434" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F434" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G434" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H434" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I434" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J434" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>