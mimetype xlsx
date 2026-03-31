--- v0 (2025-11-13)
+++ v1 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83f194464d94550" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff2e3b85b954b5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R082337be687845f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3fd4fbb113094954"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R082337be687845f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3fd4fbb113094954" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -29854,3353 +29854,7565 @@
       </x:c>
       <x:c r="G574" t="inlineStr">
         <x:is>
           <x:t>51.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H574" t="inlineStr">
         <x:is>
           <x:t>3.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I574" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J574" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="575">
       <x:c r="A575" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B575" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C575" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D575" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E575" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F575" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G575" t="inlineStr">
         <x:is>
-          <x:t>79</x:t>
+          <x:t>75</x:t>
         </x:is>
       </x:c>
       <x:c r="H575" t="inlineStr">
         <x:is>
-          <x:t>8.2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I575" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J575" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="576">
       <x:c r="A576" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B576" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C576" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D576" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E576" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F576" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G576" t="inlineStr">
         <x:is>
-          <x:t>79</x:t>
+          <x:t>76</x:t>
         </x:is>
       </x:c>
       <x:c r="H576" t="inlineStr">
         <x:is>
-          <x:t>7.9</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I576" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J576" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="577">
       <x:c r="A577" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B577" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C577" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D577" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E577" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F577" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G577" t="inlineStr">
         <x:is>
-          <x:t>79</x:t>
+          <x:t>76</x:t>
         </x:is>
       </x:c>
       <x:c r="H577" t="inlineStr">
         <x:is>
-          <x:t>7.7</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I577" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J577" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="578">
       <x:c r="A578" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B578" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C578" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D578" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E578" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="F578" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G578" t="inlineStr">
         <x:is>
-          <x:t>78.8</x:t>
+          <x:t>75</x:t>
         </x:is>
       </x:c>
       <x:c r="H578" t="inlineStr">
         <x:is>
-          <x:t>7.5</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I578" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J578" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="579">
       <x:c r="A579" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B579" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C579" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D579" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E579" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>12</x:t>
         </x:is>
       </x:c>
       <x:c r="F579" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G579" t="inlineStr">
         <x:is>
-          <x:t>78.8</x:t>
+          <x:t>74</x:t>
         </x:is>
       </x:c>
       <x:c r="H579" t="inlineStr">
         <x:is>
-          <x:t>7.2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I579" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J579" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="580">
       <x:c r="A580" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B580" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C580" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D580" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E580" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="F580" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G580" t="inlineStr">
         <x:is>
-          <x:t>78.1</x:t>
+          <x:t>70</x:t>
         </x:is>
       </x:c>
       <x:c r="H580" t="inlineStr">
         <x:is>
-          <x:t>7.7</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I580" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J580" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="581">
       <x:c r="A581" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B581" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C581" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D581" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E581" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="F581" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G581" t="inlineStr">
         <x:is>
-          <x:t>76.1</x:t>
+          <x:t>65</x:t>
         </x:is>
       </x:c>
       <x:c r="H581" t="inlineStr">
         <x:is>
-          <x:t>10.6</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I581" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J581" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="582">
       <x:c r="A582" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B582" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C582" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D582" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E582" t="inlineStr">
         <x:is>
-          <x:t>8</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="F582" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G582" t="inlineStr">
         <x:is>
-          <x:t>73.5</x:t>
+          <x:t>62</x:t>
         </x:is>
       </x:c>
       <x:c r="H582" t="inlineStr">
         <x:is>
-          <x:t>14.3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I582" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J582" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="583">
       <x:c r="A583" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B583" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C583" t="inlineStr">
         <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D583" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E583" t="inlineStr">
+        <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="D583" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="F583" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G583" t="inlineStr">
         <x:is>
-          <x:t>70.7</x:t>
+          <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="H583" t="inlineStr">
         <x:is>
-          <x:t>12.1</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I583" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J583" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="584">
       <x:c r="A584" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>06/11/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B584" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C584" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="D584" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E584" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="F584" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G584" t="inlineStr">
         <x:is>
-          <x:t>69.9</x:t>
+          <x:t>57</x:t>
         </x:is>
       </x:c>
       <x:c r="H584" t="inlineStr">
         <x:is>
-          <x:t>10.4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I584" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J584" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="585">
       <x:c r="A585" t="inlineStr">
         <x:is>
           <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B585" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C585" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D585" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E585" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F585" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G585" t="inlineStr">
         <x:is>
-          <x:t>69.1</x:t>
+          <x:t>79</x:t>
         </x:is>
       </x:c>
       <x:c r="H585" t="inlineStr">
         <x:is>
-          <x:t>9.7</x:t>
+          <x:t>8.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I585" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J585" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="586">
       <x:c r="A586" t="inlineStr">
         <x:is>
           <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B586" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C586" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D586" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E586" t="inlineStr">
         <x:is>
-          <x:t>12</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F586" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G586" t="inlineStr">
         <x:is>
-          <x:t>67.1</x:t>
+          <x:t>79</x:t>
         </x:is>
       </x:c>
       <x:c r="H586" t="inlineStr">
         <x:is>
-          <x:t>9.5</x:t>
+          <x:t>7.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I586" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J586" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="587">
       <x:c r="A587" t="inlineStr">
         <x:is>
           <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B587" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C587" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D587" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E587" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F587" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G587" t="inlineStr">
         <x:is>
-          <x:t>65.8</x:t>
+          <x:t>79</x:t>
         </x:is>
       </x:c>
       <x:c r="H587" t="inlineStr">
         <x:is>
-          <x:t>9.6</x:t>
+          <x:t>7.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I587" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J587" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="588">
       <x:c r="A588" t="inlineStr">
         <x:is>
           <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B588" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C588" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D588" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E588" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="F588" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G588" t="inlineStr">
         <x:is>
-          <x:t>65.7</x:t>
+          <x:t>78.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H588" t="inlineStr">
         <x:is>
-          <x:t>9.4</x:t>
+          <x:t>7.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I588" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J588" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="589">
       <x:c r="A589" t="inlineStr">
         <x:is>
           <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B589" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C589" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D589" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E589" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F589" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G589" t="inlineStr">
         <x:is>
-          <x:t>64.7</x:t>
+          <x:t>78.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H589" t="inlineStr">
         <x:is>
-          <x:t>9.6</x:t>
+          <x:t>7.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I589" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J589" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="590">
       <x:c r="A590" t="inlineStr">
         <x:is>
           <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B590" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C590" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D590" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E590" t="inlineStr">
         <x:is>
-          <x:t>16</x:t>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F590" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G590" t="inlineStr">
         <x:is>
-          <x:t>63.6</x:t>
+          <x:t>78.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H590" t="inlineStr">
         <x:is>
-          <x:t>9.3</x:t>
+          <x:t>7.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I590" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J590" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="591">
       <x:c r="A591" t="inlineStr">
         <x:is>
           <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B591" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C591" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D591" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E591" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="F591" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G591" t="inlineStr">
         <x:is>
-          <x:t>62.4</x:t>
+          <x:t>76.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H591" t="inlineStr">
         <x:is>
-          <x:t>8.5</x:t>
+          <x:t>10.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I591" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J591" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="592">
       <x:c r="A592" t="inlineStr">
         <x:is>
           <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B592" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C592" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D592" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E592" t="inlineStr">
         <x:is>
-          <x:t>18</x:t>
+          <x:t>8</x:t>
         </x:is>
       </x:c>
       <x:c r="F592" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G592" t="inlineStr">
         <x:is>
-          <x:t>60.8</x:t>
+          <x:t>73.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H592" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t>14.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I592" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J592" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="593">
       <x:c r="A593" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B593" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C593" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D593" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E593" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="F593" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G593" t="inlineStr">
         <x:is>
-          <x:t>80</x:t>
+          <x:t>70.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H593" t="inlineStr">
         <x:is>
-          <x:t>8.2</x:t>
+          <x:t>12.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I593" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J593" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="594">
       <x:c r="A594" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B594" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C594" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D594" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E594" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F594" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G594" t="inlineStr">
         <x:is>
-          <x:t>79.5</x:t>
+          <x:t>69.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H594" t="inlineStr">
         <x:is>
-          <x:t>9.2</x:t>
+          <x:t>10.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I594" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J594" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="595">
       <x:c r="A595" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B595" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C595" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D595" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E595" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="F595" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G595" t="inlineStr">
         <x:is>
-          <x:t>79.4</x:t>
+          <x:t>69.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H595" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t>9.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I595" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J595" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="596">
       <x:c r="A596" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B596" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C596" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D596" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E596" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t>12</x:t>
         </x:is>
       </x:c>
       <x:c r="F596" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G596" t="inlineStr">
         <x:is>
-          <x:t>79</x:t>
+          <x:t>67.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H596" t="inlineStr">
         <x:is>
-          <x:t>9.1</x:t>
+          <x:t>9.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I596" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J596" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="597">
       <x:c r="A597" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B597" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C597" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D597" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E597" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="F597" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G597" t="inlineStr">
         <x:is>
-          <x:t>79</x:t>
+          <x:t>65.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H597" t="inlineStr">
         <x:is>
-          <x:t>8.8</x:t>
+          <x:t>9.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I597" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J597" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="598">
       <x:c r="A598" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B598" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C598" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D598" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E598" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="F598" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G598" t="inlineStr">
         <x:is>
-          <x:t>78.7</x:t>
+          <x:t>65.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H598" t="inlineStr">
         <x:is>
-          <x:t>8.7</x:t>
+          <x:t>9.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I598" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J598" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="599">
       <x:c r="A599" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B599" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C599" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D599" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E599" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="F599" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G599" t="inlineStr">
         <x:is>
-          <x:t>78.6</x:t>
+          <x:t>64.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H599" t="inlineStr">
         <x:is>
-          <x:t>8.8</x:t>
+          <x:t>9.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I599" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J599" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="600">
       <x:c r="A600" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B600" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C600" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D600" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E600" t="inlineStr">
         <x:is>
-          <x:t>8</x:t>
+          <x:t>16</x:t>
         </x:is>
       </x:c>
       <x:c r="F600" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G600" t="inlineStr">
         <x:is>
-          <x:t>78.3</x:t>
+          <x:t>63.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H600" t="inlineStr">
         <x:is>
-          <x:t>8.7</x:t>
+          <x:t>9.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I600" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J600" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="601">
       <x:c r="A601" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B601" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C601" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D601" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E601" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="F601" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G601" t="inlineStr">
         <x:is>
-          <x:t>78</x:t>
+          <x:t>62.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H601" t="inlineStr">
         <x:is>
-          <x:t>8.2</x:t>
+          <x:t>8.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I601" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J601" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="602">
       <x:c r="A602" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B602" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C602" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D602" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E602" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="F602" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G602" t="inlineStr">
         <x:is>
-          <x:t>77.7</x:t>
+          <x:t>60.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H602" t="inlineStr">
         <x:is>
-          <x:t>8.5</x:t>
+          <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="I602" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J602" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="603">
       <x:c r="A603" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B603" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C603" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D603" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E603" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F603" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G603" t="inlineStr">
         <x:is>
-          <x:t>76.9</x:t>
+          <x:t>82</x:t>
         </x:is>
       </x:c>
       <x:c r="H603" t="inlineStr">
         <x:is>
-          <x:t>9.2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I603" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J603" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="604">
       <x:c r="A604" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B604" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C604" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D604" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E604" t="inlineStr">
         <x:is>
-          <x:t>12</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F604" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G604" t="inlineStr">
         <x:is>
-          <x:t>75.6</x:t>
+          <x:t>80.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H604" t="inlineStr">
         <x:is>
-          <x:t>9.9</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I604" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J604" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="605">
       <x:c r="A605" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B605" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C605" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D605" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E605" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F605" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G605" t="inlineStr">
         <x:is>
-          <x:t>74.7</x:t>
+          <x:t>80</x:t>
         </x:is>
       </x:c>
       <x:c r="H605" t="inlineStr">
         <x:is>
-          <x:t>10.4</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I605" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J605" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="606">
       <x:c r="A606" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B606" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C606" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D606" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E606" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="F606" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G606" t="inlineStr">
         <x:is>
-          <x:t>73.5</x:t>
+          <x:t>78</x:t>
         </x:is>
       </x:c>
       <x:c r="H606" t="inlineStr">
         <x:is>
-          <x:t>10.2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I606" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J606" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="607">
       <x:c r="A607" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B607" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C607" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D607" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E607" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>12</x:t>
         </x:is>
       </x:c>
       <x:c r="F607" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G607" t="inlineStr">
         <x:is>
-          <x:t>71.2</x:t>
+          <x:t>74</x:t>
         </x:is>
       </x:c>
       <x:c r="H607" t="inlineStr">
         <x:is>
-          <x:t>10.3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I607" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J607" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="608">
       <x:c r="A608" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B608" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C608" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D608" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E608" t="inlineStr">
         <x:is>
-          <x:t>16</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="F608" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G608" t="inlineStr">
         <x:is>
-          <x:t>70.1</x:t>
+          <x:t>70</x:t>
         </x:is>
       </x:c>
       <x:c r="H608" t="inlineStr">
         <x:is>
-          <x:t>9.8</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I608" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J608" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="609">
       <x:c r="A609" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B609" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C609" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D609" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E609" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="F609" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G609" t="inlineStr">
         <x:is>
-          <x:t>67.9</x:t>
+          <x:t>66</x:t>
         </x:is>
       </x:c>
       <x:c r="H609" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I609" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J609" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="610">
       <x:c r="A610" t="inlineStr">
         <x:is>
-          <x:t>07/21/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B610" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C610" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D610" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E610" t="inlineStr">
+        <x:is>
           <x:t>21</x:t>
         </x:is>
       </x:c>
-      <x:c r="D610" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="F610" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G610" t="inlineStr">
         <x:is>
-          <x:t>65.8</x:t>
+          <x:t>62</x:t>
         </x:is>
       </x:c>
       <x:c r="H610" t="inlineStr">
         <x:is>
-          <x:t>5.3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I610" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J610" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="611">
       <x:c r="A611" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B611" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C611" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D611" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E611" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="F611" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G611" t="inlineStr">
         <x:is>
-          <x:t>72.5</x:t>
+          <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="H611" t="inlineStr">
         <x:is>
-          <x:t>10.79</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I611" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J611" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="612">
       <x:c r="A612" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B612" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C612" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D612" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E612" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="F612" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G612" t="inlineStr">
         <x:is>
-          <x:t>72.5</x:t>
+          <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="H612" t="inlineStr">
         <x:is>
-          <x:t>9.69</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="I612" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J612" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="613">
       <x:c r="A613" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B613" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C613" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D613" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E613" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F613" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G613" t="inlineStr">
         <x:is>
-          <x:t>72.1</x:t>
+          <x:t>80</x:t>
         </x:is>
       </x:c>
       <x:c r="H613" t="inlineStr">
         <x:is>
-          <x:t>9.79</x:t>
+          <x:t>8.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I613" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J613" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="614">
       <x:c r="A614" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B614" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C614" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D614" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E614" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F614" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G614" t="inlineStr">
         <x:is>
-          <x:t>71.5</x:t>
+          <x:t>79.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H614" t="inlineStr">
         <x:is>
-          <x:t>9.56</x:t>
+          <x:t>9.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I614" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J614" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="615">
       <x:c r="A615" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B615" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C615" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D615" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E615" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F615" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G615" t="inlineStr">
         <x:is>
-          <x:t>71.5</x:t>
+          <x:t>79.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H615" t="inlineStr">
         <x:is>
-          <x:t>9.26</x:t>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="I615" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J615" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="616">
       <x:c r="A616" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B616" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C616" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D616" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E616" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="F616" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G616" t="inlineStr">
         <x:is>
-          <x:t>71.3</x:t>
+          <x:t>79</x:t>
         </x:is>
       </x:c>
       <x:c r="H616" t="inlineStr">
         <x:is>
-          <x:t>9.07</x:t>
+          <x:t>9.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I616" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J616" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="617">
       <x:c r="A617" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B617" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C617" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D617" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E617" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F617" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G617" t="inlineStr">
         <x:is>
-          <x:t>70.9</x:t>
+          <x:t>79</x:t>
         </x:is>
       </x:c>
       <x:c r="H617" t="inlineStr">
         <x:is>
-          <x:t>8.64</x:t>
+          <x:t>8.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I617" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J617" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="618">
       <x:c r="A618" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B618" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C618" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D618" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E618" t="inlineStr">
         <x:is>
-          <x:t>8</x:t>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F618" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G618" t="inlineStr">
         <x:is>
-          <x:t>70.8</x:t>
+          <x:t>78.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H618" t="inlineStr">
         <x:is>
-          <x:t>9.18</x:t>
+          <x:t>8.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I618" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J618" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="619">
       <x:c r="A619" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B619" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C619" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D619" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E619" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="F619" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G619" t="inlineStr">
         <x:is>
-          <x:t>70.8</x:t>
+          <x:t>78.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H619" t="inlineStr">
         <x:is>
-          <x:t>8.15</x:t>
+          <x:t>8.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I619" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J619" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="620">
       <x:c r="A620" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B620" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C620" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D620" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E620" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>8</x:t>
         </x:is>
       </x:c>
       <x:c r="F620" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G620" t="inlineStr">
         <x:is>
-          <x:t>70.7</x:t>
+          <x:t>78.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H620" t="inlineStr">
         <x:is>
-          <x:t>8.4</x:t>
+          <x:t>8.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I620" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J620" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="621">
       <x:c r="A621" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B621" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C621" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D621" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E621" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="F621" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G621" t="inlineStr">
         <x:is>
-          <x:t>70.6</x:t>
+          <x:t>78</x:t>
         </x:is>
       </x:c>
       <x:c r="H621" t="inlineStr">
         <x:is>
-          <x:t>9.2</x:t>
+          <x:t>8.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I621" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J621" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="622">
       <x:c r="A622" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B622" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C622" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D622" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E622" t="inlineStr">
         <x:is>
-          <x:t>12</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F622" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G622" t="inlineStr">
         <x:is>
-          <x:t>70.5</x:t>
+          <x:t>77.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H622" t="inlineStr">
         <x:is>
-          <x:t>8.05</x:t>
+          <x:t>8.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I622" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J622" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="623">
       <x:c r="A623" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B623" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C623" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D623" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E623" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="F623" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G623" t="inlineStr">
         <x:is>
-          <x:t>70.1</x:t>
+          <x:t>76.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H623" t="inlineStr">
         <x:is>
-          <x:t>8.03</x:t>
+          <x:t>9.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I623" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J623" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="624">
       <x:c r="A624" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B624" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C624" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D624" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E624" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>12</x:t>
         </x:is>
       </x:c>
       <x:c r="F624" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G624" t="inlineStr">
         <x:is>
-          <x:t>69.8</x:t>
+          <x:t>75.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H624" t="inlineStr">
         <x:is>
-          <x:t>7.11</x:t>
+          <x:t>9.9</x:t>
         </x:is>
       </x:c>
       <x:c r="I624" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J624" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="625">
       <x:c r="A625" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B625" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C625" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D625" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E625" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="F625" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G625" t="inlineStr">
         <x:is>
-          <x:t>69.6</x:t>
+          <x:t>74.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H625" t="inlineStr">
         <x:is>
-          <x:t>6.94</x:t>
+          <x:t>10.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I625" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J625" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="626">
       <x:c r="A626" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B626" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C626" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D626" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E626" t="inlineStr">
         <x:is>
-          <x:t>16</x:t>
+          <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="F626" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G626" t="inlineStr">
         <x:is>
-          <x:t>69.5</x:t>
+          <x:t>73.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H626" t="inlineStr">
         <x:is>
-          <x:t>7.06</x:t>
+          <x:t>10.2</x:t>
         </x:is>
       </x:c>
       <x:c r="I626" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J626" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="627">
       <x:c r="A627" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B627" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C627" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D627" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E627" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="F627" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G627" t="inlineStr">
         <x:is>
-          <x:t>69.3</x:t>
+          <x:t>71.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H627" t="inlineStr">
         <x:is>
-          <x:t>6.48</x:t>
+          <x:t>10.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I627" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J627" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="628">
       <x:c r="A628" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B628" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C628" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D628" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E628" t="inlineStr">
         <x:is>
-          <x:t>18</x:t>
+          <x:t>16</x:t>
         </x:is>
       </x:c>
       <x:c r="F628" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G628" t="inlineStr">
         <x:is>
-          <x:t>68.9</x:t>
+          <x:t>70.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H628" t="inlineStr">
         <x:is>
-          <x:t>5.31</x:t>
+          <x:t>9.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I628" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J628" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="629">
       <x:c r="A629" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B629" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C629" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D629" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E629" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="F629" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G629" t="inlineStr">
         <x:is>
-          <x:t>68.5</x:t>
+          <x:t>67.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H629" t="inlineStr">
         <x:is>
-          <x:t>2.85</x:t>
+          <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="I629" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J629" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="630">
       <x:c r="A630" t="inlineStr">
         <x:is>
-          <x:t>08/28/2025</x:t>
+          <x:t>07/21/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B630" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C630" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>21</x:t>
         </x:is>
       </x:c>
       <x:c r="D630" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E630" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="F630" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G630" t="inlineStr">
         <x:is>
-          <x:t>67.4</x:t>
+          <x:t>65.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H630" t="inlineStr">
         <x:is>
-          <x:t>1.69</x:t>
+          <x:t>5.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I630" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J630" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="631">
       <x:c r="A631" t="inlineStr">
         <x:is>
           <x:t>08/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B631" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C631" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="D631" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E631" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F631" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G631" t="inlineStr">
         <x:is>
-          <x:t>65.8</x:t>
+          <x:t>72.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H631" t="inlineStr">
         <x:is>
-          <x:t>1.28</x:t>
+          <x:t>10.79</x:t>
         </x:is>
       </x:c>
       <x:c r="I631" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J631" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="632">
       <x:c r="A632" t="inlineStr">
         <x:is>
           <x:t>08/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B632" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C632" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="D632" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E632" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F632" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G632" t="inlineStr">
         <x:is>
-          <x:t>64.8</x:t>
+          <x:t>72.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H632" t="inlineStr">
         <x:is>
-          <x:t>.84</x:t>
+          <x:t>9.69</x:t>
         </x:is>
       </x:c>
       <x:c r="I632" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J632" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="633">
       <x:c r="A633" t="inlineStr">
         <x:is>
           <x:t>08/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B633" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C633" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="D633" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E633" t="inlineStr">
         <x:is>
-          <x:t>23</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F633" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G633" t="inlineStr">
         <x:is>
-          <x:t>64</x:t>
+          <x:t>72.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H633" t="inlineStr">
         <x:is>
-          <x:t>.6</x:t>
+          <x:t>9.79</x:t>
         </x:is>
       </x:c>
       <x:c r="I633" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J633" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="634">
       <x:c r="A634" t="inlineStr">
         <x:is>
           <x:t>08/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B634" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C634" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="D634" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E634" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="F634" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G634" t="inlineStr">
         <x:is>
-          <x:t>62.8</x:t>
+          <x:t>71.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H634" t="inlineStr">
         <x:is>
-          <x:t>.49</x:t>
+          <x:t>9.56</x:t>
         </x:is>
       </x:c>
       <x:c r="I634" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J634" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="635">
       <x:c r="A635" t="inlineStr">
         <x:is>
           <x:t>08/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B635" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C635" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="D635" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E635" t="inlineStr">
         <x:is>
-          <x:t>25</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F635" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G635" t="inlineStr">
         <x:is>
-          <x:t>62.6</x:t>
+          <x:t>71.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H635" t="inlineStr">
         <x:is>
-          <x:t>.36</x:t>
+          <x:t>9.26</x:t>
         </x:is>
       </x:c>
       <x:c r="I635" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J635" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="636">
       <x:c r="A636" t="inlineStr">
         <x:is>
           <x:t>08/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B636" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C636" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="D636" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E636" t="inlineStr">
         <x:is>
-          <x:t>26</x:t>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F636" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G636" t="inlineStr">
         <x:is>
-          <x:t>62.5</x:t>
+          <x:t>71.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H636" t="inlineStr">
         <x:is>
-          <x:t>.29</x:t>
+          <x:t>9.07</x:t>
         </x:is>
       </x:c>
       <x:c r="I636" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J636" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="637">
       <x:c r="A637" t="inlineStr">
         <x:is>
           <x:t>08/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B637" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C637" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="D637" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E637" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="F637" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G637" t="inlineStr">
         <x:is>
-          <x:t>62.5</x:t>
+          <x:t>70.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H637" t="inlineStr">
         <x:is>
-          <x:t>.25</x:t>
+          <x:t>8.64</x:t>
         </x:is>
       </x:c>
       <x:c r="I637" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J637" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="638">
       <x:c r="A638" t="inlineStr">
         <x:is>
           <x:t>08/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B638" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="C638" t="inlineStr">
         <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="D638" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E638" t="inlineStr">
         <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F638" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G638" t="inlineStr">
+        <x:is>
+          <x:t>70.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H638" t="inlineStr">
+        <x:is>
+          <x:t>9.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I638" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J638" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="639">
+      <x:c r="A639" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B639" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C639" t="inlineStr">
+        <x:is>
           <x:t>28</x:t>
         </x:is>
       </x:c>
-      <x:c r="F638" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="G638" t="inlineStr">
+      <x:c r="D639" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E639" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F639" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G639" t="inlineStr">
+        <x:is>
+          <x:t>70.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H639" t="inlineStr">
+        <x:is>
+          <x:t>8.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I639" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J639" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="640">
+      <x:c r="A640" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B640" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C640" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D640" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E640" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F640" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G640" t="inlineStr">
+        <x:is>
+          <x:t>70.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H640" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I640" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J640" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="641">
+      <x:c r="A641" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B641" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C641" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D641" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E641" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F641" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G641" t="inlineStr">
+        <x:is>
+          <x:t>70.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H641" t="inlineStr">
+        <x:is>
+          <x:t>9.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I641" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J641" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="642">
+      <x:c r="A642" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B642" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C642" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D642" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E642" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F642" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G642" t="inlineStr">
+        <x:is>
+          <x:t>70.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H642" t="inlineStr">
+        <x:is>
+          <x:t>8.05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I642" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J642" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="643">
+      <x:c r="A643" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B643" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C643" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D643" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E643" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F643" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G643" t="inlineStr">
+        <x:is>
+          <x:t>70.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H643" t="inlineStr">
+        <x:is>
+          <x:t>8.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I643" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J643" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="644">
+      <x:c r="A644" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B644" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C644" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D644" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E644" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F644" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G644" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H644" t="inlineStr">
+        <x:is>
+          <x:t>7.11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I644" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J644" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="645">
+      <x:c r="A645" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B645" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C645" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D645" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E645" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F645" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G645" t="inlineStr">
+        <x:is>
+          <x:t>69.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H645" t="inlineStr">
+        <x:is>
+          <x:t>6.94</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I645" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J645" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="646">
+      <x:c r="A646" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B646" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C646" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D646" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E646" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F646" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G646" t="inlineStr">
+        <x:is>
+          <x:t>69.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H646" t="inlineStr">
+        <x:is>
+          <x:t>7.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I646" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J646" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="647">
+      <x:c r="A647" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B647" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C647" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D647" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E647" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F647" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G647" t="inlineStr">
+        <x:is>
+          <x:t>69.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H647" t="inlineStr">
+        <x:is>
+          <x:t>6.48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I647" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J647" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="648">
+      <x:c r="A648" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B648" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C648" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D648" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E648" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F648" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G648" t="inlineStr">
+        <x:is>
+          <x:t>68.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H648" t="inlineStr">
+        <x:is>
+          <x:t>5.31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I648" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J648" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="649">
+      <x:c r="A649" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B649" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C649" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D649" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E649" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F649" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G649" t="inlineStr">
+        <x:is>
+          <x:t>68.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H649" t="inlineStr">
+        <x:is>
+          <x:t>2.85</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I649" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J649" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="650">
+      <x:c r="A650" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B650" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C650" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D650" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E650" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F650" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G650" t="inlineStr">
+        <x:is>
+          <x:t>67.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H650" t="inlineStr">
+        <x:is>
+          <x:t>1.69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I650" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J650" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="651">
+      <x:c r="A651" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B651" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C651" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D651" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E651" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F651" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G651" t="inlineStr">
+        <x:is>
+          <x:t>65.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H651" t="inlineStr">
+        <x:is>
+          <x:t>1.28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I651" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J651" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="652">
+      <x:c r="A652" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B652" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C652" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D652" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E652" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F652" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G652" t="inlineStr">
+        <x:is>
+          <x:t>64.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H652" t="inlineStr">
+        <x:is>
+          <x:t>.84</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I652" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J652" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="653">
+      <x:c r="A653" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B653" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C653" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D653" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E653" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F653" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G653" t="inlineStr">
+        <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H653" t="inlineStr">
+        <x:is>
+          <x:t>.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I653" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J653" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="654">
+      <x:c r="A654" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B654" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C654" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D654" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E654" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F654" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G654" t="inlineStr">
+        <x:is>
+          <x:t>62.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H654" t="inlineStr">
+        <x:is>
+          <x:t>.49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I654" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J654" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="655">
+      <x:c r="A655" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B655" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C655" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D655" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E655" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F655" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G655" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H655" t="inlineStr">
+        <x:is>
+          <x:t>.36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I655" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J655" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="656">
+      <x:c r="A656" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B656" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C656" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D656" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E656" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F656" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G656" t="inlineStr">
+        <x:is>
+          <x:t>62.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H656" t="inlineStr">
+        <x:is>
+          <x:t>.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I656" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J656" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="657">
+      <x:c r="A657" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B657" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C657" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D657" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E657" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F657" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G657" t="inlineStr">
+        <x:is>
+          <x:t>62.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H657" t="inlineStr">
+        <x:is>
+          <x:t>.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I657" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J657" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="658">
+      <x:c r="A658" t="inlineStr">
+        <x:is>
+          <x:t>08/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B658" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C658" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D658" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E658" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F658" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G658" t="inlineStr">
         <x:is>
           <x:t>62.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="H638" t="inlineStr">
+      <x:c r="H658" t="inlineStr">
         <x:is>
           <x:t>.22</x:t>
         </x:is>
       </x:c>
-      <x:c r="I638" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="J638" t="inlineStr">
+      <x:c r="I658" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J658" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="659">
+      <x:c r="A659" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B659" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C659" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D659" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E659" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F659" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G659" t="inlineStr">
+        <x:is>
+          <x:t>73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H659" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I659" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J659" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="660">
+      <x:c r="A660" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B660" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C660" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D660" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E660" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F660" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G660" t="inlineStr">
+        <x:is>
+          <x:t>72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H660" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I660" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J660" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="661">
+      <x:c r="A661" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B661" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C661" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D661" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E661" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F661" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G661" t="inlineStr">
+        <x:is>
+          <x:t>72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H661" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I661" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J661" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="662">
+      <x:c r="A662" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B662" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C662" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D662" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E662" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F662" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G662" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H662" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I662" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J662" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="663">
+      <x:c r="A663" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B663" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C663" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D663" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E663" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F663" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G663" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H663" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I663" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J663" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="664">
+      <x:c r="A664" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B664" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C664" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D664" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E664" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F664" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G664" t="inlineStr">
+        <x:is>
+          <x:t>70</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H664" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I664" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J664" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="665">
+      <x:c r="A665" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B665" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C665" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D665" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E665" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F665" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G665" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H665" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I665" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J665" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="666">
+      <x:c r="A666" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B666" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C666" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D666" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E666" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F666" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G666" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H666" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I666" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J666" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="667">
+      <x:c r="A667" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B667" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C667" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D667" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E667" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F667" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G667" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H667" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I667" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J667" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="668">
+      <x:c r="A668" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B668" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C668" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D668" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E668" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F668" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G668" t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H668" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I668" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J668" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="669">
+      <x:c r="A669" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B669" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C669" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D669" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E669" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F669" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G669" t="inlineStr">
+        <x:is>
+          <x:t>69.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H669" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I669" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J669" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="670">
+      <x:c r="A670" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B670" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C670" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D670" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E670" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F670" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G670" t="inlineStr">
+        <x:is>
+          <x:t>69.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H670" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I670" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J670" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="671">
+      <x:c r="A671" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B671" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C671" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D671" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E671" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F671" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G671" t="inlineStr">
+        <x:is>
+          <x:t>69.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H671" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I671" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J671" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="672">
+      <x:c r="A672" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B672" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C672" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D672" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E672" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F672" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G672" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H672" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I672" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J672" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="673">
+      <x:c r="A673" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B673" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C673" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D673" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E673" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F673" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G673" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H673" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I673" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J673" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="674">
+      <x:c r="A674" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B674" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C674" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D674" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E674" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F674" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G674" t="inlineStr">
+        <x:is>
+          <x:t>69.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H674" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I674" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J674" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="675">
+      <x:c r="A675" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B675" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C675" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D675" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E675" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F675" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G675" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H675" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I675" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J675" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="676">
+      <x:c r="A676" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B676" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C676" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D676" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E676" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F676" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G676" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H676" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I676" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J676" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="677">
+      <x:c r="A677" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B677" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C677" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D677" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E677" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F677" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G677" t="inlineStr">
+        <x:is>
+          <x:t>68.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H677" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I677" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J677" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="678">
+      <x:c r="A678" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B678" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C678" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D678" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E678" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F678" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G678" t="inlineStr">
+        <x:is>
+          <x:t>68.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H678" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I678" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J678" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="679">
+      <x:c r="A679" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B679" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C679" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D679" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E679" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F679" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G679" t="inlineStr">
+        <x:is>
+          <x:t>67.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H679" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I679" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J679" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="680">
+      <x:c r="A680" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B680" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C680" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D680" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E680" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F680" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G680" t="inlineStr">
+        <x:is>
+          <x:t>67.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H680" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I680" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J680" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="681">
+      <x:c r="A681" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B681" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C681" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D681" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E681" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F681" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G681" t="inlineStr">
+        <x:is>
+          <x:t>66.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H681" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I681" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J681" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="682">
+      <x:c r="A682" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B682" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C682" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D682" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E682" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F682" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G682" t="inlineStr">
+        <x:is>
+          <x:t>66.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H682" t="inlineStr">
+        <x:is>
+          <x:t>7.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I682" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J682" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="683">
+      <x:c r="A683" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B683" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C683" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D683" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E683" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F683" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G683" t="inlineStr">
+        <x:is>
+          <x:t>66.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H683" t="inlineStr">
+        <x:is>
+          <x:t>7.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I683" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J683" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="684">
+      <x:c r="A684" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B684" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C684" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D684" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E684" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F684" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G684" t="inlineStr">
+        <x:is>
+          <x:t>65.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H684" t="inlineStr">
+        <x:is>
+          <x:t>7.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I684" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J684" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="685">
+      <x:c r="A685" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B685" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C685" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D685" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E685" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F685" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G685" t="inlineStr">
+        <x:is>
+          <x:t>65.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H685" t="inlineStr">
+        <x:is>
+          <x:t>6.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I685" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J685" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="686">
+      <x:c r="A686" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B686" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C686" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D686" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E686" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F686" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G686" t="inlineStr">
+        <x:is>
+          <x:t>64.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H686" t="inlineStr">
+        <x:is>
+          <x:t>6.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I686" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J686" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="687">
+      <x:c r="A687" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B687" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C687" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D687" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E687" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F687" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G687" t="inlineStr">
+        <x:is>
+          <x:t>64.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H687" t="inlineStr">
+        <x:is>
+          <x:t>4.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I687" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J687" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="688">
+      <x:c r="A688" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B688" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C688" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D688" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E688" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F688" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G688" t="inlineStr">
+        <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H688" t="inlineStr">
+        <x:is>
+          <x:t>4.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I688" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J688" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="689">
+      <x:c r="A689" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B689" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C689" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D689" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E689" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F689" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G689" t="inlineStr">
+        <x:is>
+          <x:t>63.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H689" t="inlineStr">
+        <x:is>
+          <x:t>3.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I689" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J689" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="690">
+      <x:c r="A690" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B690" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C690" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D690" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E690" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F690" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G690" t="inlineStr">
+        <x:is>
+          <x:t>63.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H690" t="inlineStr">
+        <x:is>
+          <x:t>2.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I690" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J690" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="691">
+      <x:c r="A691" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B691" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C691" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D691" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E691" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F691" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G691" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H691" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I691" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J691" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="692">
+      <x:c r="A692" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B692" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C692" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D692" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E692" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F692" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G692" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H692" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I692" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J692" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="693">
+      <x:c r="A693" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B693" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C693" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D693" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E693" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F693" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G693" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H693" t="inlineStr">
+        <x:is>
+          <x:t>.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I693" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J693" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="694">
+      <x:c r="A694" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B694" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C694" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D694" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E694" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F694" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G694" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H694" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I694" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J694" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="695">
+      <x:c r="A695" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B695" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C695" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D695" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E695" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F695" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G695" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H695" t="inlineStr">
+        <x:is>
+          <x:t>.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I695" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J695" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="696">
+      <x:c r="A696" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B696" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C696" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D696" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E696" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F696" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G696" t="inlineStr">
+        <x:is>
+          <x:t>34.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H696" t="inlineStr">
+        <x:is>
+          <x:t>12.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I696" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J696" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="697">
+      <x:c r="A697" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B697" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C697" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D697" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E697" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F697" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G697" t="inlineStr">
+        <x:is>
+          <x:t>38.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H697" t="inlineStr">
+        <x:is>
+          <x:t>6.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I697" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J697" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="698">
+      <x:c r="A698" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B698" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C698" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D698" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E698" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F698" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G698" t="inlineStr">
+        <x:is>
+          <x:t>38.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H698" t="inlineStr">
+        <x:is>
+          <x:t>6.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I698" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J698" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="699">
+      <x:c r="A699" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B699" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C699" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D699" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E699" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F699" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G699" t="inlineStr">
+        <x:is>
+          <x:t>38.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H699" t="inlineStr">
+        <x:is>
+          <x:t>6.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I699" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J699" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="700">
+      <x:c r="A700" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B700" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C700" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D700" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E700" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F700" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G700" t="inlineStr">
+        <x:is>
+          <x:t>38.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H700" t="inlineStr">
+        <x:is>
+          <x:t>6.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I700" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J700" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="701">
+      <x:c r="A701" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B701" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C701" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D701" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E701" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F701" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G701" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H701" t="inlineStr">
+        <x:is>
+          <x:t>6.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I701" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J701" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="702">
+      <x:c r="A702" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B702" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C702" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D702" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E702" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F702" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G702" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H702" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I702" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J702" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="703">
+      <x:c r="A703" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B703" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C703" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D703" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E703" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F703" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G703" t="inlineStr">
+        <x:is>
+          <x:t>39.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H703" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I703" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J703" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="704">
+      <x:c r="A704" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B704" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C704" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D704" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E704" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F704" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G704" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H704" t="inlineStr">
+        <x:is>
+          <x:t>4.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I704" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J704" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="705">
+      <x:c r="A705" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B705" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C705" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D705" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E705" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F705" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G705" t="inlineStr">
+        <x:is>
+          <x:t>40.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H705" t="inlineStr">
+        <x:is>
+          <x:t>4.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I705" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J705" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="706">
+      <x:c r="A706" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B706" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C706" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D706" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E706" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F706" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G706" t="inlineStr">
+        <x:is>
+          <x:t>40.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H706" t="inlineStr">
+        <x:is>
+          <x:t>3.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I706" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J706" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="707">
+      <x:c r="A707" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B707" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C707" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D707" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E707" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F707" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G707" t="inlineStr">
+        <x:is>
+          <x:t>40.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H707" t="inlineStr">
+        <x:is>
+          <x:t>3.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I707" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J707" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="708">
+      <x:c r="A708" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B708" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C708" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D708" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E708" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F708" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G708" t="inlineStr">
+        <x:is>
+          <x:t>40.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H708" t="inlineStr">
+        <x:is>
+          <x:t>2.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I708" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J708" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="709">
+      <x:c r="A709" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B709" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C709" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D709" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E709" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F709" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G709" t="inlineStr">
+        <x:is>
+          <x:t>40.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H709" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I709" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J709" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="710">
+      <x:c r="A710" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B710" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C710" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D710" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E710" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F710" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G710" t="inlineStr">
+        <x:is>
+          <x:t>40.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H710" t="inlineStr">
+        <x:is>
+          <x:t>2.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I710" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J710" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="711">
+      <x:c r="A711" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B711" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C711" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D711" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E711" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F711" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G711" t="inlineStr">
+        <x:is>
+          <x:t>40.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H711" t="inlineStr">
+        <x:is>
+          <x:t>2.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I711" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J711" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="712">
+      <x:c r="A712" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B712" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C712" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D712" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E712" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F712" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G712" t="inlineStr">
+        <x:is>
+          <x:t>40.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H712" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I712" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J712" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="713">
+      <x:c r="A713" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B713" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C713" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D713" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E713" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F713" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G713" t="inlineStr">
+        <x:is>
+          <x:t>40.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H713" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I713" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J713" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="714">
+      <x:c r="A714" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B714" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C714" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D714" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E714" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F714" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G714" t="inlineStr">
+        <x:is>
+          <x:t>40.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H714" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I714" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J714" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="715">
+      <x:c r="A715" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B715" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C715" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D715" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E715" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F715" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G715" t="inlineStr">
+        <x:is>
+          <x:t>40.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H715" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I715" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J715" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="716">
+      <x:c r="A716" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B716" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C716" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D716" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E716" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F716" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G716" t="inlineStr">
+        <x:is>
+          <x:t>40.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H716" t="inlineStr">
+        <x:is>
+          <x:t>.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I716" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J716" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="717">
+      <x:c r="A717" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B717" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C717" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D717" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E717" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F717" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G717" t="inlineStr">
+        <x:is>
+          <x:t>40.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H717" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I717" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J717" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="718">
+      <x:c r="A718" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B718" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C718" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D718" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E718" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F718" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G718" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H718" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I718" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J718" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="719">
+      <x:c r="A719" t="inlineStr">
+        <x:is>
+          <x:t>02/17/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B719" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C719" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D719" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E719" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F719" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G719" t="inlineStr">
+        <x:is>
+          <x:t>41.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H719" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I719" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J719" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>