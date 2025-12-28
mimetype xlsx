--- v0 (2025-11-02)
+++ v1 (2025-12-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4719b10189344f56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759ec07f64dc43db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9d266235cb1846f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6202dac41d7842e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9d266235cb1846f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6202dac41d7842e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -17579,28 +17579,1692 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G338" t="inlineStr">
         <x:is>
           <x:t>44.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H338" t="inlineStr">
         <x:is>
           <x:t>.16</x:t>
         </x:is>
       </x:c>
       <x:c r="I338" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J338" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="339">
+      <x:c r="A339" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B339" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C339" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D339" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E339" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G339" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H339" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I339" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J339" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="340">
+      <x:c r="A340" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B340" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C340" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D340" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E340" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G340" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H340" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I340" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J340" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="341">
+      <x:c r="A341" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B341" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C341" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D341" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E341" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G341" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H341" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I341" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J341" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="342">
+      <x:c r="A342" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B342" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C342" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D342" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E342" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G342" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H342" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I342" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J342" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="343">
+      <x:c r="A343" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B343" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C343" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D343" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E343" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F343" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G343" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H343" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I343" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J343" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="344">
+      <x:c r="A344" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B344" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C344" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D344" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E344" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F344" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G344" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H344" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I344" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J344" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="345">
+      <x:c r="A345" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B345" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C345" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D345" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E345" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F345" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G345" t="inlineStr">
+        <x:is>
+          <x:t>69.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H345" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I345" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J345" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="346">
+      <x:c r="A346" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B346" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C346" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D346" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E346" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F346" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G346" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H346" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I346" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J346" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="347">
+      <x:c r="A347" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B347" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C347" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D347" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E347" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G347" t="inlineStr">
+        <x:is>
+          <x:t>69.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H347" t="inlineStr">
+        <x:is>
+          <x:t>7.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I347" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J347" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="348">
+      <x:c r="A348" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B348" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C348" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D348" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E348" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G348" t="inlineStr">
+        <x:is>
+          <x:t>67.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H348" t="inlineStr">
+        <x:is>
+          <x:t>9.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I348" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J348" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="349">
+      <x:c r="A349" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B349" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C349" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D349" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E349" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G349" t="inlineStr">
+        <x:is>
+          <x:t>66.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H349" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I349" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J349" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="350">
+      <x:c r="A350" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B350" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C350" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D350" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E350" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G350" t="inlineStr">
+        <x:is>
+          <x:t>65.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H350" t="inlineStr">
+        <x:is>
+          <x:t>10.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I350" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J350" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="351">
+      <x:c r="A351" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B351" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C351" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D351" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E351" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G351" t="inlineStr">
+        <x:is>
+          <x:t>64.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H351" t="inlineStr">
+        <x:is>
+          <x:t>9.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I351" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J351" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="352">
+      <x:c r="A352" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B352" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C352" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D352" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E352" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G352" t="inlineStr">
+        <x:is>
+          <x:t>63.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H352" t="inlineStr">
+        <x:is>
+          <x:t>9.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I352" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J352" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="353">
+      <x:c r="A353" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B353" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C353" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D353" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E353" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F353" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G353" t="inlineStr">
+        <x:is>
+          <x:t>62.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H353" t="inlineStr">
+        <x:is>
+          <x:t>9.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I353" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J353" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="354">
+      <x:c r="A354" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B354" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C354" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D354" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E354" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F354" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G354" t="inlineStr">
+        <x:is>
+          <x:t>62.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H354" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I354" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J354" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="355">
+      <x:c r="A355" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B355" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C355" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D355" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E355" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F355" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G355" t="inlineStr">
+        <x:is>
+          <x:t>61.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H355" t="inlineStr">
+        <x:is>
+          <x:t>7.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I355" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J355" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="356">
+      <x:c r="A356" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B356" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C356" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D356" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E356" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F356" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G356" t="inlineStr">
+        <x:is>
+          <x:t>60.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H356" t="inlineStr">
+        <x:is>
+          <x:t>6.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I356" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J356" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="357">
+      <x:c r="A357" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B357" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C357" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D357" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E357" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F357" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G357" t="inlineStr">
+        <x:is>
+          <x:t>58.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H357" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I357" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J357" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="358">
+      <x:c r="A358" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B358" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C358" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D358" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E358" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F358" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G358" t="inlineStr">
+        <x:is>
+          <x:t>57.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H358" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I358" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J358" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="359">
+      <x:c r="A359" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B359" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C359" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D359" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E359" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F359" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G359" t="inlineStr">
+        <x:is>
+          <x:t>55.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H359" t="inlineStr">
+        <x:is>
+          <x:t>3.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I359" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J359" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="360">
+      <x:c r="A360" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B360" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C360" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D360" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E360" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F360" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G360" t="inlineStr">
+        <x:is>
+          <x:t>54.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H360" t="inlineStr">
+        <x:is>
+          <x:t>2.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I360" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J360" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="361">
+      <x:c r="A361" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B361" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C361" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D361" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E361" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F361" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G361" t="inlineStr">
+        <x:is>
+          <x:t>52.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H361" t="inlineStr">
+        <x:is>
+          <x:t>1.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I361" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J361" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="362">
+      <x:c r="A362" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B362" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C362" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D362" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E362" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F362" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G362" t="inlineStr">
+        <x:is>
+          <x:t>50.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H362" t="inlineStr">
+        <x:is>
+          <x:t>1.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I362" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J362" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="363">
+      <x:c r="A363" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B363" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C363" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D363" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E363" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F363" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G363" t="inlineStr">
+        <x:is>
+          <x:t>49.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H363" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I363" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J363" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="364">
+      <x:c r="A364" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B364" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C364" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D364" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E364" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F364" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G364" t="inlineStr">
+        <x:is>
+          <x:t>48.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H364" t="inlineStr">
+        <x:is>
+          <x:t>.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I364" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J364" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="365">
+      <x:c r="A365" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B365" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C365" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D365" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E365" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F365" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G365" t="inlineStr">
+        <x:is>
+          <x:t>47.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H365" t="inlineStr">
+        <x:is>
+          <x:t>.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I365" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J365" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="366">
+      <x:c r="A366" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B366" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C366" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D366" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E366" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F366" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G366" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H366" t="inlineStr">
+        <x:is>
+          <x:t>.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I366" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J366" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="367">
+      <x:c r="A367" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B367" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C367" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D367" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E367" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F367" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G367" t="inlineStr">
+        <x:is>
+          <x:t>46.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H367" t="inlineStr">
+        <x:is>
+          <x:t>.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I367" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J367" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="368">
+      <x:c r="A368" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B368" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C368" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D368" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E368" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F368" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G368" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H368" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I368" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J368" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="369">
+      <x:c r="A369" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B369" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C369" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D369" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E369" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F369" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G369" t="inlineStr">
+        <x:is>
+          <x:t>45.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H369" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I369" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J369" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="370">
+      <x:c r="A370" t="inlineStr">
+        <x:is>
+          <x:t>09/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B370" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C370" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D370" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E370" t="inlineStr">
+        <x:is>
+          <x:t>32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F370" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G370" t="inlineStr">
+        <x:is>
+          <x:t>45.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H370" t="inlineStr">
+        <x:is>
+          <x:t>.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I370" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J370" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>