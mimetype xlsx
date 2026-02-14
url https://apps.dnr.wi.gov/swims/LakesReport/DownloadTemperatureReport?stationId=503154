--- v1 (2025-12-28)
+++ v2 (2026-02-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759ec07f64dc43db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eeeee6583df45b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6202dac41d7842e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R41d15de8003249e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6202dac41d7842e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R41d15de8003249e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>