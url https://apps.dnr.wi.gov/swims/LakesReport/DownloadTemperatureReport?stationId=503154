--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eeeee6583df45b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c302cd6bca48dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R41d15de8003249e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8d28e5e7863e4350"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R41d15de8003249e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d28e5e7863e4350" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -19243,28 +19243,1484 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G370" t="inlineStr">
         <x:is>
           <x:t>45.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H370" t="inlineStr">
         <x:is>
           <x:t>.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I370" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J370" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="371">
+      <x:c r="A371" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B371" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C371" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D371" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E371" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F371" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G371" t="inlineStr">
+        <x:is>
+          <x:t>34.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H371" t="inlineStr">
+        <x:is>
+          <x:t>10.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I371" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J371" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="372">
+      <x:c r="A372" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B372" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C372" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D372" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E372" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F372" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G372" t="inlineStr">
+        <x:is>
+          <x:t>35.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H372" t="inlineStr">
+        <x:is>
+          <x:t>9.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I372" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J372" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="373">
+      <x:c r="A373" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B373" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C373" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D373" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E373" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F373" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G373" t="inlineStr">
+        <x:is>
+          <x:t>38.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H373" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I373" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J373" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="374">
+      <x:c r="A374" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B374" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C374" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D374" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E374" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F374" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G374" t="inlineStr">
+        <x:is>
+          <x:t>38.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H374" t="inlineStr">
+        <x:is>
+          <x:t>8.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I374" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J374" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="375">
+      <x:c r="A375" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B375" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C375" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D375" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E375" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G375" t="inlineStr">
+        <x:is>
+          <x:t>38.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H375" t="inlineStr">
+        <x:is>
+          <x:t>8.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I375" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J375" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="376">
+      <x:c r="A376" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B376" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C376" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D376" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E376" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F376" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G376" t="inlineStr">
+        <x:is>
+          <x:t>38.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H376" t="inlineStr">
+        <x:is>
+          <x:t>8.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I376" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J376" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="377">
+      <x:c r="A377" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B377" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C377" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D377" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E377" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F377" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G377" t="inlineStr">
+        <x:is>
+          <x:t>38.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H377" t="inlineStr">
+        <x:is>
+          <x:t>8.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I377" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J377" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="378">
+      <x:c r="A378" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B378" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C378" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D378" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E378" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F378" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G378" t="inlineStr">
+        <x:is>
+          <x:t>38.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H378" t="inlineStr">
+        <x:is>
+          <x:t>8.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I378" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J378" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="379">
+      <x:c r="A379" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B379" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C379" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D379" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E379" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F379" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G379" t="inlineStr">
+        <x:is>
+          <x:t>38.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H379" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I379" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J379" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="380">
+      <x:c r="A380" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B380" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C380" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D380" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E380" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F380" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G380" t="inlineStr">
+        <x:is>
+          <x:t>38.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H380" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I380" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J380" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="381">
+      <x:c r="A381" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B381" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C381" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D381" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E381" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F381" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G381" t="inlineStr">
+        <x:is>
+          <x:t>38.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H381" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I381" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J381" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="382">
+      <x:c r="A382" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B382" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C382" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D382" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E382" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F382" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G382" t="inlineStr">
+        <x:is>
+          <x:t>38.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H382" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I382" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J382" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="383">
+      <x:c r="A383" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B383" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C383" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D383" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E383" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F383" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G383" t="inlineStr">
+        <x:is>
+          <x:t>38.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H383" t="inlineStr">
+        <x:is>
+          <x:t>2.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I383" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J383" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="384">
+      <x:c r="A384" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B384" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C384" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D384" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E384" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F384" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G384" t="inlineStr">
+        <x:is>
+          <x:t>39.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H384" t="inlineStr">
+        <x:is>
+          <x:t>2.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I384" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J384" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="385">
+      <x:c r="A385" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B385" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C385" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D385" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E385" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F385" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G385" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H385" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I385" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J385" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="386">
+      <x:c r="A386" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B386" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C386" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D386" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E386" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F386" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G386" t="inlineStr">
+        <x:is>
+          <x:t>39.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H386" t="inlineStr">
+        <x:is>
+          <x:t>2.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I386" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J386" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="387">
+      <x:c r="A387" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B387" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C387" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D387" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E387" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F387" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G387" t="inlineStr">
+        <x:is>
+          <x:t>39.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H387" t="inlineStr">
+        <x:is>
+          <x:t>1.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I387" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J387" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="388">
+      <x:c r="A388" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B388" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C388" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D388" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E388" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F388" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G388" t="inlineStr">
+        <x:is>
+          <x:t>39.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H388" t="inlineStr">
+        <x:is>
+          <x:t>1.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I388" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J388" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="389">
+      <x:c r="A389" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B389" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C389" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D389" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E389" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F389" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G389" t="inlineStr">
+        <x:is>
+          <x:t>39.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H389" t="inlineStr">
+        <x:is>
+          <x:t>.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I389" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J389" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="390">
+      <x:c r="A390" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B390" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C390" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D390" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E390" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F390" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G390" t="inlineStr">
+        <x:is>
+          <x:t>39.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H390" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I390" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J390" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="391">
+      <x:c r="A391" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B391" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C391" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D391" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E391" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F391" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G391" t="inlineStr">
+        <x:is>
+          <x:t>39.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H391" t="inlineStr">
+        <x:is>
+          <x:t>.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I391" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J391" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="392">
+      <x:c r="A392" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B392" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C392" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D392" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E392" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F392" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G392" t="inlineStr">
+        <x:is>
+          <x:t>39.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H392" t="inlineStr">
+        <x:is>
+          <x:t>.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I392" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J392" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="393">
+      <x:c r="A393" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B393" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C393" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D393" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E393" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F393" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G393" t="inlineStr">
+        <x:is>
+          <x:t>39.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H393" t="inlineStr">
+        <x:is>
+          <x:t>.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I393" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J393" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="394">
+      <x:c r="A394" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B394" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C394" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D394" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E394" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F394" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G394" t="inlineStr">
+        <x:is>
+          <x:t>39.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H394" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I394" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J394" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="395">
+      <x:c r="A395" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B395" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C395" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D395" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E395" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F395" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G395" t="inlineStr">
+        <x:is>
+          <x:t>39.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H395" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I395" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J395" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="396">
+      <x:c r="A396" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B396" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C396" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D396" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E396" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F396" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G396" t="inlineStr">
+        <x:is>
+          <x:t>39.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H396" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I396" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J396" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="397">
+      <x:c r="A397" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B397" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C397" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D397" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E397" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F397" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G397" t="inlineStr">
+        <x:is>
+          <x:t>29.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H397" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I397" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J397" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="398">
+      <x:c r="A398" t="inlineStr">
+        <x:is>
+          <x:t>02/16/2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B398" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C398" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D398" t="inlineStr">
+        <x:is>
+          <x:t>2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E398" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F398" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G398" t="inlineStr">
+        <x:is>
+          <x:t>40</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H398" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I398" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J398" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>