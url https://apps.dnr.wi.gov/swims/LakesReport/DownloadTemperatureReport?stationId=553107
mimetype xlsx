--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -1,238 +1,238 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra750cdb6c3694a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9886e456b9934711" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc14af7e2a4084bdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2b5d13f5a0614df1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc14af7e2a4084bdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b5d13f5a0614df1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Startdate</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startmonth</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Startday</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Startyear</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Amt</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Unit</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
+          <x:t>Temperature</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1" t="inlineStr">
+        <x:is>
           <x:t>Dissox</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="I1" t="inlineStr">
         <x:is>
           <x:t>Temperature Units</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="J1" t="inlineStr">
         <x:is>
           <x:t>Dissox Units</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>Temperature</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
+          <x:t>07/25/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B2" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D2" t="inlineStr">
+        <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E2" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G2" t="inlineStr">
+        <x:is>
+          <x:t>22.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H2" t="inlineStr">
+        <x:is>
           <x:t>0.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="B2" t="inlineStr">
+      <x:c r="I2" t="inlineStr">
         <x:is>
           <x:t>C</x:t>
         </x:is>
       </x:c>
-      <x:c r="C2" t="inlineStr">
+      <x:c r="J2" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>22.2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
+          <x:t>09/01/2004</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B3" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C3" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D3" t="inlineStr">
+        <x:is>
+          <x:t>2004</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E3" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H3" t="inlineStr">
+        <x:is>
           <x:t>7.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="B3" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="C3" t="inlineStr">
+      <x:c r="I3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J3" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
+          <x:t>09/01/2004</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B4" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
+          <x:t>2004</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E4" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
+        <x:is>
+          <x:t>19.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H4" t="inlineStr">
+        <x:is>
           <x:t>7.3</x:t>
         </x:is>
       </x:c>
-      <x:c r="B4" t="inlineStr">
+      <x:c r="I4" t="inlineStr">
         <x:is>
           <x:t>C</x:t>
         </x:is>
       </x:c>
-      <x:c r="C4" t="inlineStr">
+      <x:c r="J4" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>19.7</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>