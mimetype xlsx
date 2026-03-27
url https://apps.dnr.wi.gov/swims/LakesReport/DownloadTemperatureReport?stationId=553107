--- v1 (2025-12-27)
+++ v2 (2026-03-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9886e456b9934711" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2d62c9295524a32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2b5d13f5a0614df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfae2ba693ce74b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b5d13f5a0614df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfae2ba693ce74b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>