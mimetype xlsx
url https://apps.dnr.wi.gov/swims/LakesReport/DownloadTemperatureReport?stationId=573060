--- v0 (2025-10-28)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3983f942e2a403b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5440390b760d4136" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R819b45892a03447e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb221439415fc4f21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R819b45892a03447e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb221439415fc4f21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -44775,28 +44775,1120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G861" t="inlineStr">
         <x:is>
           <x:t>63.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H861" t="inlineStr">
         <x:is>
           <x:t>.26</x:t>
         </x:is>
       </x:c>
       <x:c r="I861" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J861" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="862">
+      <x:c r="A862" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B862" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C862" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D862" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E862" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F862" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G862" t="inlineStr">
+        <x:is>
+          <x:t>75.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H862" t="inlineStr">
+        <x:is>
+          <x:t>9.43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I862" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J862" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="863">
+      <x:c r="A863" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B863" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C863" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D863" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E863" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F863" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G863" t="inlineStr">
+        <x:is>
+          <x:t>71.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H863" t="inlineStr">
+        <x:is>
+          <x:t>10.62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I863" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J863" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="864">
+      <x:c r="A864" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B864" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C864" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D864" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E864" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F864" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G864" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H864" t="inlineStr">
+        <x:is>
+          <x:t>10.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I864" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J864" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="865">
+      <x:c r="A865" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B865" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C865" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D865" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E865" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F865" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G865" t="inlineStr">
+        <x:is>
+          <x:t>64.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H865" t="inlineStr">
+        <x:is>
+          <x:t>11.74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I865" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J865" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="866">
+      <x:c r="A866" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B866" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C866" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D866" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E866" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F866" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G866" t="inlineStr">
+        <x:is>
+          <x:t>62.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H866" t="inlineStr">
+        <x:is>
+          <x:t>10.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I866" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J866" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="867">
+      <x:c r="A867" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B867" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C867" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D867" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E867" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F867" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G867" t="inlineStr">
+        <x:is>
+          <x:t>62.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H867" t="inlineStr">
+        <x:is>
+          <x:t>11.28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I867" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J867" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="868">
+      <x:c r="A868" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B868" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C868" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D868" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E868" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F868" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G868" t="inlineStr">
+        <x:is>
+          <x:t>61.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H868" t="inlineStr">
+        <x:is>
+          <x:t>11.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I868" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J868" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="869">
+      <x:c r="A869" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B869" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C869" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D869" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E869" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F869" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G869" t="inlineStr">
+        <x:is>
+          <x:t>82.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H869" t="inlineStr">
+        <x:is>
+          <x:t>8.61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I869" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J869" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="870">
+      <x:c r="A870" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B870" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C870" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D870" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E870" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F870" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G870" t="inlineStr">
+        <x:is>
+          <x:t>81.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H870" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I870" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J870" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="871">
+      <x:c r="A871" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B871" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C871" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D871" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E871" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F871" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G871" t="inlineStr">
+        <x:is>
+          <x:t>80.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H871" t="inlineStr">
+        <x:is>
+          <x:t>7.92</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I871" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J871" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="872">
+      <x:c r="A872" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B872" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C872" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D872" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E872" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F872" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G872" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H872" t="inlineStr">
+        <x:is>
+          <x:t>12.32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I872" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J872" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="873">
+      <x:c r="A873" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B873" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C873" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D873" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E873" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F873" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G873" t="inlineStr">
+        <x:is>
+          <x:t>64.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H873" t="inlineStr">
+        <x:is>
+          <x:t>8.52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I873" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J873" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="874">
+      <x:c r="A874" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B874" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C874" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D874" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E874" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F874" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G874" t="inlineStr">
+        <x:is>
+          <x:t>56.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H874" t="inlineStr">
+        <x:is>
+          <x:t>.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I874" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J874" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="875">
+      <x:c r="A875" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B875" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C875" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D875" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E875" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F875" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G875" t="inlineStr">
+        <x:is>
+          <x:t>55.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H875" t="inlineStr">
+        <x:is>
+          <x:t>.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I875" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J875" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="876">
+      <x:c r="A876" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B876" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C876" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D876" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E876" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F876" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G876" t="inlineStr">
+        <x:is>
+          <x:t>72.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H876" t="inlineStr">
+        <x:is>
+          <x:t>8.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I876" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J876" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="877">
+      <x:c r="A877" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B877" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C877" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D877" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E877" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F877" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G877" t="inlineStr">
+        <x:is>
+          <x:t>72.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H877" t="inlineStr">
+        <x:is>
+          <x:t>8.17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I877" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J877" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="878">
+      <x:c r="A878" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B878" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C878" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D878" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E878" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F878" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G878" t="inlineStr">
+        <x:is>
+          <x:t>72.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H878" t="inlineStr">
+        <x:is>
+          <x:t>8.07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I878" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J878" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="879">
+      <x:c r="A879" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B879" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C879" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D879" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E879" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F879" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G879" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H879" t="inlineStr">
+        <x:is>
+          <x:t>6.27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I879" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J879" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="880">
+      <x:c r="A880" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B880" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C880" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D880" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E880" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F880" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G880" t="inlineStr">
+        <x:is>
+          <x:t>67.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H880" t="inlineStr">
+        <x:is>
+          <x:t>5.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I880" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J880" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="881">
+      <x:c r="A881" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B881" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C881" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D881" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E881" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F881" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G881" t="inlineStr">
+        <x:is>
+          <x:t>58.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H881" t="inlineStr">
+        <x:is>
+          <x:t>.34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I881" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J881" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="882">
+      <x:c r="A882" t="inlineStr">
+        <x:is>
+          <x:t>08/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B882" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C882" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D882" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E882" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F882" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G882" t="inlineStr">
+        <x:is>
+          <x:t>56.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H882" t="inlineStr">
+        <x:is>
+          <x:t>.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I882" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J882" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>