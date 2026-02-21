--- v1 (2025-12-26)
+++ v2 (2026-02-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5440390b760d4136" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9df3b712981d44c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb221439415fc4f21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdce52a10593b4d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb221439415fc4f21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdce52a10593b4d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>