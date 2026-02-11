--- v0 (2025-10-26)
+++ v1 (2026-02-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f52191c33244bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3c9f66aa514b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb5db3c5e834c4b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R65ca3832317c46c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb5db3c5e834c4b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R65ca3832317c46c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -1095,28 +1095,652 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G21" t="inlineStr">
         <x:is>
           <x:t>44.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H21" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="I21" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J21" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="22">
+      <x:c r="A22" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B22" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C22" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D22" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E22" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G22" t="inlineStr">
+        <x:is>
+          <x:t>79</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H22" t="inlineStr">
+        <x:is>
+          <x:t>8.53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I22" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J22" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="23">
+      <x:c r="A23" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B23" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C23" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D23" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E23" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G23" t="inlineStr">
+        <x:is>
+          <x:t>75.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H23" t="inlineStr">
+        <x:is>
+          <x:t>8.47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I23" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J23" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c r="A24" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B24" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C24" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D24" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E24" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G24" t="inlineStr">
+        <x:is>
+          <x:t>75.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H24" t="inlineStr">
+        <x:is>
+          <x:t>5.82</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I24" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J24" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="25">
+      <x:c r="A25" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B25" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C25" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D25" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E25" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G25" t="inlineStr">
+        <x:is>
+          <x:t>64.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H25" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I25" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J25" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="26">
+      <x:c r="A26" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B26" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C26" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D26" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E26" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G26" t="inlineStr">
+        <x:is>
+          <x:t>57.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H26" t="inlineStr">
+        <x:is>
+          <x:t>.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I26" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J26" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="27">
+      <x:c r="A27" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B27" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C27" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D27" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E27" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G27" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H27" t="inlineStr">
+        <x:is>
+          <x:t>6.83</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I27" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J27" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="28">
+      <x:c r="A28" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B28" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C28" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D28" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E28" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G28" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H28" t="inlineStr">
+        <x:is>
+          <x:t>6.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I28" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J28" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="29">
+      <x:c r="A29" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B29" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C29" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D29" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E29" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G29" t="inlineStr">
+        <x:is>
+          <x:t>74.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H29" t="inlineStr">
+        <x:is>
+          <x:t>6.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I29" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J29" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="30">
+      <x:c r="A30" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B30" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C30" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D30" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E30" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G30" t="inlineStr">
+        <x:is>
+          <x:t>63.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H30" t="inlineStr">
+        <x:is>
+          <x:t>.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I30" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J30" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="31">
+      <x:c r="A31" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B31" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C31" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D31" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E31" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F31" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G31" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H31" t="inlineStr">
+        <x:is>
+          <x:t>.07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I31" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J31" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="32">
+      <x:c r="A32" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B32" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C32" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D32" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E32" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F32" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G32" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H32" t="inlineStr">
+        <x:is>
+          <x:t>.05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I32" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J32" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="33">
+      <x:c r="A33" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B33" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C33" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D33" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E33" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F33" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G33" t="inlineStr">
+        <x:is>
+          <x:t>55.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H33" t="inlineStr">
+        <x:is>
+          <x:t>.03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I33" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J33" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>