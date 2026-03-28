--- v1 (2026-02-11)
+++ v2 (2026-03-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3c9f66aa514b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd0ad71c88e14c40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R65ca3832317c46c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9eacc1d479cd49f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R65ca3832317c46c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9eacc1d479cd49f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>