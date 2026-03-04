--- v0 (2025-10-19)
+++ v1 (2026-03-04)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01315e14617f46b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9789cd10afb74306" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R36799f78c70840d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re81a570d4855429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R36799f78c70840d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re81a570d4855429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -20335,28 +20335,1016 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G391" t="inlineStr">
         <x:is>
           <x:t>65.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H391" t="inlineStr">
         <x:is>
           <x:t>.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I391" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J391" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="392">
+      <x:c r="A392" t="inlineStr">
+        <x:is>
+          <x:t>05/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B392" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C392" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D392" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E392" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F392" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G392" t="inlineStr">
+        <x:is>
+          <x:t>58.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H392" t="inlineStr">
+        <x:is>
+          <x:t>9.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I392" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J392" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="393">
+      <x:c r="A393" t="inlineStr">
+        <x:is>
+          <x:t>05/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B393" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C393" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D393" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E393" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F393" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G393" t="inlineStr">
+        <x:is>
+          <x:t>58.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H393" t="inlineStr">
+        <x:is>
+          <x:t>9.07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I393" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J393" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="394">
+      <x:c r="A394" t="inlineStr">
+        <x:is>
+          <x:t>05/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B394" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C394" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D394" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E394" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F394" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G394" t="inlineStr">
+        <x:is>
+          <x:t>57.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H394" t="inlineStr">
+        <x:is>
+          <x:t>8.94</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I394" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J394" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="395">
+      <x:c r="A395" t="inlineStr">
+        <x:is>
+          <x:t>05/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B395" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C395" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D395" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E395" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F395" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G395" t="inlineStr">
+        <x:is>
+          <x:t>57.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H395" t="inlineStr">
+        <x:is>
+          <x:t>8.81</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I395" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J395" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="396">
+      <x:c r="A396" t="inlineStr">
+        <x:is>
+          <x:t>05/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B396" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C396" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D396" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E396" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F396" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G396" t="inlineStr">
+        <x:is>
+          <x:t>56.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H396" t="inlineStr">
+        <x:is>
+          <x:t>6.86</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I396" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J396" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="397">
+      <x:c r="A397" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B397" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C397" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D397" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E397" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F397" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G397" t="inlineStr">
+        <x:is>
+          <x:t>72.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H397" t="inlineStr">
+        <x:is>
+          <x:t>8.35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I397" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J397" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="398">
+      <x:c r="A398" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B398" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C398" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D398" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E398" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F398" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G398" t="inlineStr">
+        <x:is>
+          <x:t>72.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H398" t="inlineStr">
+        <x:is>
+          <x:t>8.33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I398" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J398" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="399">
+      <x:c r="A399" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B399" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C399" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D399" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E399" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F399" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G399" t="inlineStr">
+        <x:is>
+          <x:t>72.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H399" t="inlineStr">
+        <x:is>
+          <x:t>8.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I399" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J399" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="400">
+      <x:c r="A400" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B400" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C400" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D400" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E400" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F400" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G400" t="inlineStr">
+        <x:is>
+          <x:t>72.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H400" t="inlineStr">
+        <x:is>
+          <x:t>8.27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I400" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J400" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="401">
+      <x:c r="A401" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B401" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C401" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D401" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E401" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F401" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G401" t="inlineStr">
+        <x:is>
+          <x:t>58.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H401" t="inlineStr">
+        <x:is>
+          <x:t>.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I401" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J401" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="402">
+      <x:c r="A402" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B402" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C402" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D402" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E402" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F402" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G402" t="inlineStr">
+        <x:is>
+          <x:t>78.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H402" t="inlineStr">
+        <x:is>
+          <x:t>7.88</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I402" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J402" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="403">
+      <x:c r="A403" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B403" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C403" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D403" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E403" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F403" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G403" t="inlineStr">
+        <x:is>
+          <x:t>76.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H403" t="inlineStr">
+        <x:is>
+          <x:t>6.93</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I403" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J403" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="404">
+      <x:c r="A404" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B404" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C404" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D404" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E404" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F404" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G404" t="inlineStr">
+        <x:is>
+          <x:t>74.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H404" t="inlineStr">
+        <x:is>
+          <x:t>2.64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I404" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J404" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="405">
+      <x:c r="A405" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B405" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C405" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D405" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E405" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F405" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G405" t="inlineStr">
+        <x:is>
+          <x:t>61.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H405" t="inlineStr">
+        <x:is>
+          <x:t>.21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I405" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J405" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="406">
+      <x:c r="A406" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B406" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C406" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D406" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E406" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F406" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G406" t="inlineStr">
+        <x:is>
+          <x:t>68.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H406" t="inlineStr">
+        <x:is>
+          <x:t>6.95</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I406" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J406" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="407">
+      <x:c r="A407" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B407" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C407" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D407" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E407" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F407" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G407" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H407" t="inlineStr">
+        <x:is>
+          <x:t>6.71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I407" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J407" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="408">
+      <x:c r="A408" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B408" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C408" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D408" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E408" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F408" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G408" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H408" t="inlineStr">
+        <x:is>
+          <x:t>6.65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I408" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J408" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="409">
+      <x:c r="A409" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B409" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C409" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D409" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E409" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F409" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G409" t="inlineStr">
+        <x:is>
+          <x:t>69.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H409" t="inlineStr">
+        <x:is>
+          <x:t>6.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I409" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J409" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="410">
+      <x:c r="A410" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B410" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C410" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D410" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E410" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F410" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G410" t="inlineStr">
+        <x:is>
+          <x:t>63.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H410" t="inlineStr">
+        <x:is>
+          <x:t>.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I410" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J410" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>