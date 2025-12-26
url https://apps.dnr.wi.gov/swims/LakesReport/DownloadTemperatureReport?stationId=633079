--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -1,602 +1,602 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fd98aafe6884f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb145ee356eec4255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra66e2d365bd9402a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R444ad0d526fe4b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra66e2d365bd9402a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R444ad0d526fe4b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Startdate</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startmonth</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Startday</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Startyear</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Amt</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Unit</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
           <x:t>Temperature</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="H1" t="inlineStr">
         <x:is>
           <x:t>Dissox</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="I1" t="inlineStr">
         <x:is>
           <x:t>Temperature Units</x:t>
         </x:is>
       </x:c>
-      <x:c r="D1" t="inlineStr">
+      <x:c r="J1" t="inlineStr">
         <x:is>
           <x:t>Dissox Units</x:t>
-        </x:is>
-[...28 lines deleted...]
-          <x:t>Result Depth Unit</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>02/22/1994</x:t>
         </x:is>
       </x:c>
       <x:c r="B2" t="inlineStr">
         <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D2" t="inlineStr">
+        <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E2" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G2" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H2" t="inlineStr">
+        <x:is>
           <x:t>10.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="C2" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="I2" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J2" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
+          <x:t>04/20/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B3" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C3" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D3" t="inlineStr">
+        <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E3" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G3" t="inlineStr">
+        <x:is>
           <x:t>12.0</x:t>
         </x:is>
       </x:c>
-      <x:c r="B3" t="inlineStr">
+      <x:c r="H3" t="inlineStr">
         <x:is>
           <x:t>14.0</x:t>
         </x:is>
       </x:c>
-      <x:c r="C3" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="I3" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J3" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
+          <x:t>06/23/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B4" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E4" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
+        <x:is>
           <x:t>16.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="B4" t="inlineStr">
+      <x:c r="H4" t="inlineStr">
         <x:is>
           <x:t>0.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="C4" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="I4" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J4" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
+          <x:t>07/20/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B5" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E5" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
+        <x:is>
           <x:t>19.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="B5" t="inlineStr">
+      <x:c r="H5" t="inlineStr">
         <x:is>
           <x:t>15.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="C5" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="I5" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J5" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
+          <x:t>09/06/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B6" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C6" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D6" t="inlineStr">
+        <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E6" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G6" t="inlineStr">
+        <x:is>
           <x:t>15.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="B6" t="inlineStr">
+      <x:c r="H6" t="inlineStr">
         <x:is>
           <x:t>13.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="C6" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="I6" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J6" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
+          <x:t>10/10/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B7" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C7" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D7" t="inlineStr">
+        <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E7" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G7" t="inlineStr">
+        <x:is>
           <x:t>13.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="B7" t="inlineStr">
+      <x:c r="H7" t="inlineStr">
         <x:is>
           <x:t>15.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="C7" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="I7" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J7" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
+          <x:t>03/29/2005</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B8" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C8" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D8" t="inlineStr">
+        <x:is>
+          <x:t>2005</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E8" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G8" t="inlineStr">
+        <x:is>
           <x:t>21.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B8" t="inlineStr">
+      <x:c r="H8" t="inlineStr">
         <x:is>
           <x:t>11.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="C8" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="I8" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J8" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
+          <x:t>02/08/2006</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B9" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C9" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D9" t="inlineStr">
+        <x:is>
+          <x:t>2006</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E9" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G9" t="inlineStr">
+        <x:is>
           <x:t>4.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="B9" t="inlineStr">
+      <x:c r="H9" t="inlineStr">
         <x:is>
           <x:t>14.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="C9" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="I9" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J9" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
+          <x:t>02/27/2006</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B10" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C10" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D10" t="inlineStr">
+        <x:is>
+          <x:t>2006</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E10" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G10" t="inlineStr">
+        <x:is>
           <x:t>0.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="B10" t="inlineStr">
+      <x:c r="H10" t="inlineStr">
         <x:is>
           <x:t>14.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="C10" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="I10" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J10" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
+          <x:t>03/19/2007</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B11" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
+          <x:t>2007</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E11" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
+        <x:is>
           <x:t>2.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="B11" t="inlineStr">
+      <x:c r="H11" t="inlineStr">
         <x:is>
           <x:t>8.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="C11" t="inlineStr">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="I11" t="inlineStr">
         <x:is>
-          <x:t>0</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J11" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>