--- v1 (2025-12-26)
+++ v2 (2026-02-10)
@@ -1,602 +1,602 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb145ee356eec4255" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb933957755104eb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R444ad0d526fe4b25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4c4a7eef78254840"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R444ad0d526fe4b25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c4a7eef78254840" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Startyear</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Amt</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Unit</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Temperature</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Dissox</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Temperature Units</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
+          <x:t>Dissox Units</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1" t="inlineStr">
+        <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="I1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="J1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>Dissox Units</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B2" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D2" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E2" t="inlineStr">
+        <x:is>
+          <x:t>10.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F2" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G2" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H2" t="inlineStr">
+        <x:is>
           <x:t>02/22/1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B2" t="inlineStr">
+      <x:c r="I2" t="inlineStr">
         <x:is>
           <x:t>02</x:t>
         </x:is>
       </x:c>
-      <x:c r="C2" t="inlineStr">
+      <x:c r="J2" t="inlineStr">
         <x:is>
           <x:t>22</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B3" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D3" t="inlineStr">
+        <x:is>
+          <x:t>12.0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E3" t="inlineStr">
+        <x:is>
+          <x:t>14.0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F3" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G3" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H3" t="inlineStr">
+        <x:is>
           <x:t>04/20/1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B3" t="inlineStr">
+      <x:c r="I3" t="inlineStr">
         <x:is>
           <x:t>04</x:t>
         </x:is>
       </x:c>
-      <x:c r="C3" t="inlineStr">
+      <x:c r="J3" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B4" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
+          <x:t>16.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E4" t="inlineStr">
+        <x:is>
+          <x:t>0.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H4" t="inlineStr">
+        <x:is>
           <x:t>06/23/1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B4" t="inlineStr">
+      <x:c r="I4" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
-      <x:c r="C4" t="inlineStr">
+      <x:c r="J4" t="inlineStr">
         <x:is>
           <x:t>23</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B5" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
+          <x:t>19.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E5" t="inlineStr">
+        <x:is>
+          <x:t>15.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H5" t="inlineStr">
+        <x:is>
           <x:t>07/20/1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B5" t="inlineStr">
+      <x:c r="I5" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="C5" t="inlineStr">
+      <x:c r="J5" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B6" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D6" t="inlineStr">
+        <x:is>
+          <x:t>15.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E6" t="inlineStr">
+        <x:is>
+          <x:t>13.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F6" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G6" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H6" t="inlineStr">
+        <x:is>
           <x:t>09/06/1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B6" t="inlineStr">
+      <x:c r="I6" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="C6" t="inlineStr">
+      <x:c r="J6" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
+          <x:t>1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B7" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D7" t="inlineStr">
+        <x:is>
+          <x:t>13.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E7" t="inlineStr">
+        <x:is>
+          <x:t>15.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F7" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G7" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H7" t="inlineStr">
+        <x:is>
           <x:t>10/10/1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B7" t="inlineStr">
+      <x:c r="I7" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="C7" t="inlineStr">
+      <x:c r="J7" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
+          <x:t>2005</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B8" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D8" t="inlineStr">
+        <x:is>
+          <x:t>21.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E8" t="inlineStr">
+        <x:is>
+          <x:t>11.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F8" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G8" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H8" t="inlineStr">
+        <x:is>
           <x:t>03/29/2005</x:t>
         </x:is>
       </x:c>
-      <x:c r="B8" t="inlineStr">
+      <x:c r="I8" t="inlineStr">
         <x:is>
           <x:t>03</x:t>
         </x:is>
       </x:c>
-      <x:c r="C8" t="inlineStr">
+      <x:c r="J8" t="inlineStr">
         <x:is>
           <x:t>29</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
+          <x:t>2006</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B9" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D9" t="inlineStr">
+        <x:is>
+          <x:t>4.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E9" t="inlineStr">
+        <x:is>
+          <x:t>14.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F9" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G9" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H9" t="inlineStr">
+        <x:is>
           <x:t>02/08/2006</x:t>
         </x:is>
       </x:c>
-      <x:c r="B9" t="inlineStr">
+      <x:c r="I9" t="inlineStr">
         <x:is>
           <x:t>02</x:t>
         </x:is>
       </x:c>
-      <x:c r="C9" t="inlineStr">
+      <x:c r="J9" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
+          <x:t>2006</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B10" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D10" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E10" t="inlineStr">
+        <x:is>
+          <x:t>14.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F10" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G10" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H10" t="inlineStr">
+        <x:is>
           <x:t>02/27/2006</x:t>
         </x:is>
       </x:c>
-      <x:c r="B10" t="inlineStr">
+      <x:c r="I10" t="inlineStr">
         <x:is>
           <x:t>02</x:t>
         </x:is>
       </x:c>
-      <x:c r="C10" t="inlineStr">
+      <x:c r="J10" t="inlineStr">
         <x:is>
           <x:t>27</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
+          <x:t>2007</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B11" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E11" t="inlineStr">
+        <x:is>
+          <x:t>8.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H11" t="inlineStr">
+        <x:is>
           <x:t>03/19/2007</x:t>
         </x:is>
       </x:c>
-      <x:c r="B11" t="inlineStr">
+      <x:c r="I11" t="inlineStr">
         <x:is>
           <x:t>03</x:t>
         </x:is>
       </x:c>
-      <x:c r="C11" t="inlineStr">
+      <x:c r="J11" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
-        </x:is>
-[...33 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>