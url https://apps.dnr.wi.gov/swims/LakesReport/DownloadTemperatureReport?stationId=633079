--- v2 (2026-02-10)
+++ v3 (2026-03-31)
@@ -1,602 +1,602 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb933957755104eb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d108bbe330d4a04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4c4a7eef78254840"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R48797691ab4d4e60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c4a7eef78254840" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R48797691ab4d4e60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Startdate</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startmonth</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Startday</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
           <x:t>Startyear</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="E1" t="inlineStr">
         <x:is>
           <x:t>Result Depth Amt</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="F1" t="inlineStr">
         <x:is>
           <x:t>Result Depth Unit</x:t>
         </x:is>
       </x:c>
-      <x:c r="D1" t="inlineStr">
+      <x:c r="G1" t="inlineStr">
         <x:is>
           <x:t>Temperature</x:t>
         </x:is>
       </x:c>
-      <x:c r="E1" t="inlineStr">
+      <x:c r="H1" t="inlineStr">
         <x:is>
           <x:t>Dissox</x:t>
         </x:is>
       </x:c>
-      <x:c r="F1" t="inlineStr">
+      <x:c r="I1" t="inlineStr">
         <x:is>
           <x:t>Temperature Units</x:t>
         </x:is>
       </x:c>
-      <x:c r="G1" t="inlineStr">
+      <x:c r="J1" t="inlineStr">
         <x:is>
           <x:t>Dissox Units</x:t>
-        </x:is>
-[...13 lines deleted...]
-          <x:t>Startday</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
+          <x:t>02/22/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B2" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D2" t="inlineStr">
+        <x:is>
           <x:t>1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B2" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="E2" t="inlineStr">
         <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G2" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H2" t="inlineStr">
+        <x:is>
           <x:t>10.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="F2" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I2" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J2" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
+          <x:t>04/20/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B3" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C3" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D3" t="inlineStr">
+        <x:is>
           <x:t>1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B3" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="D3" t="inlineStr">
+      <x:c r="E3" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G3" t="inlineStr">
         <x:is>
           <x:t>12.0</x:t>
         </x:is>
       </x:c>
-      <x:c r="E3" t="inlineStr">
+      <x:c r="H3" t="inlineStr">
         <x:is>
           <x:t>14.0</x:t>
         </x:is>
       </x:c>
-      <x:c r="F3" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I3" t="inlineStr">
         <x:is>
-          <x:t>04</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J3" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
+          <x:t>06/23/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B4" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
           <x:t>1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B4" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="D4" t="inlineStr">
+      <x:c r="E4" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
         <x:is>
           <x:t>16.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="E4" t="inlineStr">
+      <x:c r="H4" t="inlineStr">
         <x:is>
           <x:t>0.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="F4" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I4" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J4" t="inlineStr">
         <x:is>
-          <x:t>23</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
+          <x:t>07/20/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B5" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
           <x:t>1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B5" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="D5" t="inlineStr">
+      <x:c r="E5" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
         <x:is>
           <x:t>19.2</x:t>
         </x:is>
       </x:c>
-      <x:c r="E5" t="inlineStr">
+      <x:c r="H5" t="inlineStr">
         <x:is>
           <x:t>15.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="F5" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I5" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J5" t="inlineStr">
         <x:is>
-          <x:t>20</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
+          <x:t>09/06/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B6" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C6" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D6" t="inlineStr">
+        <x:is>
           <x:t>1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B6" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="D6" t="inlineStr">
+      <x:c r="E6" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G6" t="inlineStr">
         <x:is>
           <x:t>15.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="E6" t="inlineStr">
+      <x:c r="H6" t="inlineStr">
         <x:is>
           <x:t>13.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="F6" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I6" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J6" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
+          <x:t>10/10/1994</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B7" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C7" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D7" t="inlineStr">
+        <x:is>
           <x:t>1994</x:t>
         </x:is>
       </x:c>
-      <x:c r="B7" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="D7" t="inlineStr">
+      <x:c r="E7" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G7" t="inlineStr">
         <x:is>
           <x:t>13.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="E7" t="inlineStr">
+      <x:c r="H7" t="inlineStr">
         <x:is>
           <x:t>15.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="F7" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I7" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J7" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
+          <x:t>03/29/2005</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B8" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C8" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D8" t="inlineStr">
+        <x:is>
           <x:t>2005</x:t>
         </x:is>
       </x:c>
-      <x:c r="B8" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="D8" t="inlineStr">
+      <x:c r="E8" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G8" t="inlineStr">
         <x:is>
           <x:t>21.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="E8" t="inlineStr">
+      <x:c r="H8" t="inlineStr">
         <x:is>
           <x:t>11.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="F8" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I8" t="inlineStr">
         <x:is>
-          <x:t>03</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J8" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
+          <x:t>02/08/2006</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B9" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C9" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D9" t="inlineStr">
+        <x:is>
           <x:t>2006</x:t>
         </x:is>
       </x:c>
-      <x:c r="B9" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="D9" t="inlineStr">
+      <x:c r="E9" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G9" t="inlineStr">
         <x:is>
           <x:t>4.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="E9" t="inlineStr">
+      <x:c r="H9" t="inlineStr">
         <x:is>
           <x:t>14.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="F9" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I9" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J9" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
+          <x:t>02/27/2006</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B10" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C10" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D10" t="inlineStr">
+        <x:is>
           <x:t>2006</x:t>
         </x:is>
       </x:c>
-      <x:c r="B10" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="D10" t="inlineStr">
+      <x:c r="E10" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G10" t="inlineStr">
         <x:is>
           <x:t>0.9</x:t>
         </x:is>
       </x:c>
-      <x:c r="E10" t="inlineStr">
+      <x:c r="H10" t="inlineStr">
         <x:is>
           <x:t>14.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="F10" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I10" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J10" t="inlineStr">
         <x:is>
-          <x:t>27</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
+          <x:t>03/19/2007</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B11" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
           <x:t>2007</x:t>
         </x:is>
       </x:c>
-      <x:c r="B11" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="D11" t="inlineStr">
+      <x:c r="E11" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
         <x:is>
           <x:t>2.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="E11" t="inlineStr">
+      <x:c r="H11" t="inlineStr">
         <x:is>
           <x:t>8.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="F11" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I11" t="inlineStr">
         <x:is>
-          <x:t>03</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J11" t="inlineStr">
         <x:is>
-          <x:t>19</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>