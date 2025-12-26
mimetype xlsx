--- v0 (2025-10-31)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra17bae588cf14da7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde20228b809c40f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R95a2446762994cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra14d9777b6c64b11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R95a2446762994cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra14d9777b6c64b11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>