--- v1 (2025-12-26)
+++ v2 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde20228b809c40f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96836f9541ac4c12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra14d9777b6c64b11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R643dcb26e97f49e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra14d9777b6c64b11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R643dcb26e97f49e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -7751,28 +7751,1588 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G149" t="inlineStr">
         <x:is>
           <x:t>64</x:t>
         </x:is>
       </x:c>
       <x:c r="H149" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I149" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J149" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="150">
+      <x:c r="A150" t="inlineStr">
+        <x:is>
+          <x:t>05/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B150" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C150" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D150" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E150" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G150" t="inlineStr">
+        <x:is>
+          <x:t>58.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I150" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="151">
+      <x:c r="A151" t="inlineStr">
+        <x:is>
+          <x:t>05/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B151" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C151" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D151" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E151" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G151" t="inlineStr">
+        <x:is>
+          <x:t>58.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I151" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="152">
+      <x:c r="A152" t="inlineStr">
+        <x:is>
+          <x:t>05/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B152" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C152" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D152" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E152" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G152" t="inlineStr">
+        <x:is>
+          <x:t>58.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I152" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="153">
+      <x:c r="A153" t="inlineStr">
+        <x:is>
+          <x:t>05/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B153" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C153" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D153" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E153" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G153" t="inlineStr">
+        <x:is>
+          <x:t>58.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I153" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="154">
+      <x:c r="A154" t="inlineStr">
+        <x:is>
+          <x:t>05/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B154" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C154" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D154" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E154" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G154" t="inlineStr">
+        <x:is>
+          <x:t>57.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I154" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="155">
+      <x:c r="A155" t="inlineStr">
+        <x:is>
+          <x:t>05/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B155" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C155" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D155" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E155" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G155" t="inlineStr">
+        <x:is>
+          <x:t>57.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I155" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="156">
+      <x:c r="A156" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B156" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C156" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D156" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E156" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G156" t="inlineStr">
+        <x:is>
+          <x:t>73.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I156" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="157">
+      <x:c r="A157" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B157" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C157" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D157" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E157" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G157" t="inlineStr">
+        <x:is>
+          <x:t>72.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I157" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="158">
+      <x:c r="A158" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B158" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C158" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D158" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E158" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G158" t="inlineStr">
+        <x:is>
+          <x:t>72.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I158" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="159">
+      <x:c r="A159" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B159" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C159" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D159" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E159" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G159" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I159" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="160">
+      <x:c r="A160" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B160" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C160" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D160" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E160" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G160" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I160" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J160" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="161">
+      <x:c r="A161" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B161" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C161" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D161" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E161" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G161" t="inlineStr">
+        <x:is>
+          <x:t>63.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I161" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J161" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="162">
+      <x:c r="A162" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B162" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C162" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D162" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E162" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G162" t="inlineStr">
+        <x:is>
+          <x:t>62.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I162" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J162" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="163">
+      <x:c r="A163" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B163" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C163" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D163" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E163" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G163" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I163" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J163" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="164">
+      <x:c r="A164" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B164" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C164" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D164" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E164" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G164" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I164" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J164" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="165">
+      <x:c r="A165" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B165" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C165" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D165" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E165" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F165" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G165" t="inlineStr">
+        <x:is>
+          <x:t>74.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H165" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I165" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J165" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="166">
+      <x:c r="A166" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B166" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C166" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D166" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E166" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F166" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G166" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H166" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I166" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J166" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="167">
+      <x:c r="A167" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B167" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C167" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D167" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E167" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G167" t="inlineStr">
+        <x:is>
+          <x:t>71.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I167" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="168">
+      <x:c r="A168" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B168" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C168" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D168" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E168" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G168" t="inlineStr">
+        <x:is>
+          <x:t>69.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I168" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="169">
+      <x:c r="A169" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B169" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C169" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D169" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E169" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G169" t="inlineStr">
+        <x:is>
+          <x:t>66.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I169" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J169" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="170">
+      <x:c r="A170" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B170" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C170" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D170" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E170" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G170" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I170" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J170" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="171">
+      <x:c r="A171" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B171" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C171" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D171" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E171" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G171" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I171" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="172">
+      <x:c r="A172" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B172" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C172" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D172" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E172" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G172" t="inlineStr">
+        <x:is>
+          <x:t>64.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I172" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="173">
+      <x:c r="A173" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B173" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C173" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D173" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E173" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G173" t="inlineStr">
+        <x:is>
+          <x:t>64.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I173" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="174">
+      <x:c r="A174" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B174" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C174" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D174" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E174" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G174" t="inlineStr">
+        <x:is>
+          <x:t>64.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I174" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J174" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="175">
+      <x:c r="A175" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B175" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C175" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D175" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E175" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G175" t="inlineStr">
+        <x:is>
+          <x:t>64.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I175" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J175" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="176">
+      <x:c r="A176" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B176" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C176" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D176" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E176" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G176" t="inlineStr">
+        <x:is>
+          <x:t>64.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I176" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J176" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="177">
+      <x:c r="A177" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B177" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C177" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D177" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E177" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G177" t="inlineStr">
+        <x:is>
+          <x:t>64.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I177" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J177" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="178">
+      <x:c r="A178" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B178" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C178" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D178" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E178" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G178" t="inlineStr">
+        <x:is>
+          <x:t>64.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I178" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J178" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="179">
+      <x:c r="A179" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B179" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C179" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D179" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E179" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G179" t="inlineStr">
+        <x:is>
+          <x:t>64.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I179" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J179" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>