--- v0 (2025-10-18)
+++ v1 (2025-12-06)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf00e5172b8c245de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R207c7bc50ab54248" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rad11e7ebfffb4094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra4bd57b24d4f45ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad11e7ebfffb4094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4bd57b24d4f45ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -35210,961 +35210,1065 @@
       </x:c>
       <x:c r="G677" t="inlineStr">
         <x:is>
           <x:t>16.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H677" t="inlineStr">
         <x:is>
           <x:t>.15</x:t>
         </x:is>
       </x:c>
       <x:c r="I677" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J677" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="678">
       <x:c r="A678" t="inlineStr">
         <x:is>
-          <x:t>10/13/2025</x:t>
+          <x:t>10/03/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B678" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C678" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>03</x:t>
         </x:is>
       </x:c>
       <x:c r="D678" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E678" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F678" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G678" t="inlineStr">
         <x:is>
-          <x:t>15.3</x:t>
+          <x:t>16.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H678" t="inlineStr">
         <x:is>
-          <x:t>10.34</x:t>
+          <x:t>0.36</x:t>
         </x:is>
       </x:c>
       <x:c r="I678" t="inlineStr">
         <x:is>
-          <x:t>DEGREES C</x:t>
+          <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J678" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="679">
       <x:c r="A679" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B679" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C679" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D679" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E679" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="F679" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G679" t="inlineStr">
         <x:is>
-          <x:t>15.2</x:t>
+          <x:t>15.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H679" t="inlineStr">
         <x:is>
-          <x:t>10.3</x:t>
+          <x:t>10.34</x:t>
         </x:is>
       </x:c>
       <x:c r="I679" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J679" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="680">
       <x:c r="A680" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B680" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C680" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D680" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E680" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="F680" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G680" t="inlineStr">
         <x:is>
-          <x:t>15.1</x:t>
+          <x:t>15.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H680" t="inlineStr">
         <x:is>
-          <x:t>10.25</x:t>
+          <x:t>10.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I680" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J680" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="681">
       <x:c r="A681" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B681" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C681" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D681" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E681" t="inlineStr">
         <x:is>
-          <x:t>4</x:t>
+          <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F681" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G681" t="inlineStr">
         <x:is>
           <x:t>15.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H681" t="inlineStr">
         <x:is>
-          <x:t>10.23</x:t>
+          <x:t>10.25</x:t>
         </x:is>
       </x:c>
       <x:c r="I681" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J681" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="682">
       <x:c r="A682" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B682" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C682" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D682" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E682" t="inlineStr">
         <x:is>
-          <x:t>5</x:t>
+          <x:t>4</x:t>
         </x:is>
       </x:c>
       <x:c r="F682" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G682" t="inlineStr">
         <x:is>
           <x:t>15.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H682" t="inlineStr">
         <x:is>
-          <x:t>10.19</x:t>
+          <x:t>10.23</x:t>
         </x:is>
       </x:c>
       <x:c r="I682" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J682" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="683">
       <x:c r="A683" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B683" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C683" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D683" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E683" t="inlineStr">
         <x:is>
-          <x:t>6</x:t>
+          <x:t>5</x:t>
         </x:is>
       </x:c>
       <x:c r="F683" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G683" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>15.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H683" t="inlineStr">
         <x:is>
-          <x:t>10.11</x:t>
+          <x:t>10.19</x:t>
         </x:is>
       </x:c>
       <x:c r="I683" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J683" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="684">
       <x:c r="A684" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B684" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C684" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D684" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E684" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F684" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G684" t="inlineStr">
         <x:is>
-          <x:t>14.9</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="H684" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>10.11</x:t>
         </x:is>
       </x:c>
       <x:c r="I684" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J684" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="685">
       <x:c r="A685" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B685" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C685" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D685" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E685" t="inlineStr">
         <x:is>
-          <x:t>8</x:t>
+          <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="F685" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G685" t="inlineStr">
         <x:is>
           <x:t>14.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H685" t="inlineStr">
         <x:is>
-          <x:t>9.92</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="I685" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J685" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="686">
       <x:c r="A686" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B686" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C686" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D686" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E686" t="inlineStr">
         <x:is>
-          <x:t>9</x:t>
+          <x:t>8</x:t>
         </x:is>
       </x:c>
       <x:c r="F686" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G686" t="inlineStr">
         <x:is>
-          <x:t>14.7</x:t>
+          <x:t>14.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H686" t="inlineStr">
         <x:is>
-          <x:t>9.78</x:t>
+          <x:t>9.92</x:t>
         </x:is>
       </x:c>
       <x:c r="I686" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J686" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="687">
       <x:c r="A687" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B687" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C687" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D687" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E687" t="inlineStr">
         <x:is>
-          <x:t>10</x:t>
+          <x:t>9</x:t>
         </x:is>
       </x:c>
       <x:c r="F687" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G687" t="inlineStr">
         <x:is>
           <x:t>14.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H687" t="inlineStr">
         <x:is>
-          <x:t>9.72</x:t>
+          <x:t>9.78</x:t>
         </x:is>
       </x:c>
       <x:c r="I687" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J687" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="688">
       <x:c r="A688" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B688" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C688" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D688" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E688" t="inlineStr">
         <x:is>
-          <x:t>11</x:t>
+          <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="F688" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G688" t="inlineStr">
         <x:is>
           <x:t>14.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H688" t="inlineStr">
         <x:is>
-          <x:t>9.71</x:t>
+          <x:t>9.72</x:t>
         </x:is>
       </x:c>
       <x:c r="I688" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J688" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="689">
       <x:c r="A689" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B689" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C689" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D689" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E689" t="inlineStr">
         <x:is>
-          <x:t>12</x:t>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="F689" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G689" t="inlineStr">
         <x:is>
           <x:t>14.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H689" t="inlineStr">
         <x:is>
-          <x:t>9.7</x:t>
+          <x:t>9.71</x:t>
         </x:is>
       </x:c>
       <x:c r="I689" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J689" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="690">
       <x:c r="A690" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B690" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C690" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D690" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E690" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>12</x:t>
         </x:is>
       </x:c>
       <x:c r="F690" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G690" t="inlineStr">
         <x:is>
           <x:t>14.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H690" t="inlineStr">
         <x:is>
-          <x:t>9.68</x:t>
+          <x:t>9.7</x:t>
         </x:is>
       </x:c>
       <x:c r="I690" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J690" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="691">
       <x:c r="A691" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B691" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C691" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D691" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E691" t="inlineStr">
         <x:is>
-          <x:t>14</x:t>
+          <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="F691" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G691" t="inlineStr">
         <x:is>
-          <x:t>14.6</x:t>
+          <x:t>14.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H691" t="inlineStr">
         <x:is>
-          <x:t>9.67</x:t>
+          <x:t>9.68</x:t>
         </x:is>
       </x:c>
       <x:c r="I691" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J691" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="692">
       <x:c r="A692" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B692" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C692" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D692" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E692" t="inlineStr">
         <x:is>
-          <x:t>15</x:t>
+          <x:t>14</x:t>
         </x:is>
       </x:c>
       <x:c r="F692" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G692" t="inlineStr">
         <x:is>
           <x:t>14.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H692" t="inlineStr">
         <x:is>
-          <x:t>9.65</x:t>
+          <x:t>9.67</x:t>
         </x:is>
       </x:c>
       <x:c r="I692" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J692" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="693">
       <x:c r="A693" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B693" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C693" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D693" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E693" t="inlineStr">
         <x:is>
-          <x:t>16</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="F693" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G693" t="inlineStr">
         <x:is>
           <x:t>14.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H693" t="inlineStr">
         <x:is>
-          <x:t>9.54</x:t>
+          <x:t>9.65</x:t>
         </x:is>
       </x:c>
       <x:c r="I693" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J693" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="694">
       <x:c r="A694" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B694" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C694" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D694" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E694" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>16</x:t>
         </x:is>
       </x:c>
       <x:c r="F694" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G694" t="inlineStr">
         <x:is>
           <x:t>14.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H694" t="inlineStr">
         <x:is>
-          <x:t>9.47</x:t>
+          <x:t>9.54</x:t>
         </x:is>
       </x:c>
       <x:c r="I694" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J694" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="695">
       <x:c r="A695" t="inlineStr">
         <x:is>
           <x:t>10/13/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B695" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
       <x:c r="C695" t="inlineStr">
         <x:is>
           <x:t>13</x:t>
         </x:is>
       </x:c>
       <x:c r="D695" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E695" t="inlineStr">
         <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F695" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G695" t="inlineStr">
+        <x:is>
+          <x:t>14.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H695" t="inlineStr">
+        <x:is>
+          <x:t>9.47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I695" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J695" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="696">
+      <x:c r="A696" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B696" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C696" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D696" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E696" t="inlineStr">
+        <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
-      <x:c r="F695" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="G695" t="inlineStr">
+      <x:c r="F696" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G696" t="inlineStr">
         <x:is>
           <x:t>14.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="H695" t="inlineStr">
+      <x:c r="H696" t="inlineStr">
         <x:is>
           <x:t>9.38</x:t>
         </x:is>
       </x:c>
-      <x:c r="I695" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="J695" t="inlineStr">
+      <x:c r="I696" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J696" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="697">
+      <x:c r="A697" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B697" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C697" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D697" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E697" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F697" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G697" t="inlineStr">
+        <x:is>
+          <x:t>14.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H697" t="inlineStr">
+        <x:is>
+          <x:t>10.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I697" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J697" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>