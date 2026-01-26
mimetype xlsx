--- v1 (2025-12-06)
+++ v2 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R207c7bc50ab54248" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7daadeaad986490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra4bd57b24d4f45ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1e7aa4a4462b40c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4bd57b24d4f45ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1e7aa4a4462b40c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>