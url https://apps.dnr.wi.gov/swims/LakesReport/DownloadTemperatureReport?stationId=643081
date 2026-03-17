--- v2 (2026-01-26)
+++ v3 (2026-03-17)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7daadeaad986490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8a632f75c974647" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1e7aa4a4462b40c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc59c973abf774735"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1e7aa4a4462b40c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc59c973abf774735" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>