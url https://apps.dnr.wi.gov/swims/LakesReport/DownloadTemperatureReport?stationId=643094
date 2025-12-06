--- v0 (2025-10-16)
+++ v1 (2025-12-06)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc44bb066aa4f4dfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8cc9938753f45a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R96d809e8f82d48ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Raa8c24aeba6c4555"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R96d809e8f82d48ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raa8c24aeba6c4555" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -43267,28 +43267,10064 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G832" t="inlineStr">
         <x:is>
           <x:t>51.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H832" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I832" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J832" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="833">
+      <x:c r="A833" t="inlineStr">
+        <x:is>
+          <x:t>05/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B833" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C833" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D833" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E833" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F833" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G833" t="inlineStr">
+        <x:is>
+          <x:t>57.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H833" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I833" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J833" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="834">
+      <x:c r="A834" t="inlineStr">
+        <x:is>
+          <x:t>05/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B834" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C834" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D834" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E834" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F834" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G834" t="inlineStr">
+        <x:is>
+          <x:t>56.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H834" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I834" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J834" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="835">
+      <x:c r="A835" t="inlineStr">
+        <x:is>
+          <x:t>05/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B835" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C835" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D835" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E835" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F835" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G835" t="inlineStr">
+        <x:is>
+          <x:t>55.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H835" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I835" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J835" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="836">
+      <x:c r="A836" t="inlineStr">
+        <x:is>
+          <x:t>05/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B836" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C836" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D836" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E836" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F836" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G836" t="inlineStr">
+        <x:is>
+          <x:t>52.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H836" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I836" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J836" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="837">
+      <x:c r="A837" t="inlineStr">
+        <x:is>
+          <x:t>05/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B837" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C837" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D837" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E837" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F837" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G837" t="inlineStr">
+        <x:is>
+          <x:t>51.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H837" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I837" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J837" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="838">
+      <x:c r="A838" t="inlineStr">
+        <x:is>
+          <x:t>05/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B838" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C838" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D838" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E838" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F838" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G838" t="inlineStr">
+        <x:is>
+          <x:t>50.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H838" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I838" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J838" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="839">
+      <x:c r="A839" t="inlineStr">
+        <x:is>
+          <x:t>05/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B839" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C839" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D839" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E839" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F839" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G839" t="inlineStr">
+        <x:is>
+          <x:t>48.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H839" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I839" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J839" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="840">
+      <x:c r="A840" t="inlineStr">
+        <x:is>
+          <x:t>05/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B840" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C840" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D840" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E840" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F840" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G840" t="inlineStr">
+        <x:is>
+          <x:t>47.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H840" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I840" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J840" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="841">
+      <x:c r="A841" t="inlineStr">
+        <x:is>
+          <x:t>05/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B841" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C841" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D841" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E841" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F841" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G841" t="inlineStr">
+        <x:is>
+          <x:t>47.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H841" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I841" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J841" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="842">
+      <x:c r="A842" t="inlineStr">
+        <x:is>
+          <x:t>05/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B842" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C842" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D842" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E842" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F842" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G842" t="inlineStr">
+        <x:is>
+          <x:t>63.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H842" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I842" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J842" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="843">
+      <x:c r="A843" t="inlineStr">
+        <x:is>
+          <x:t>05/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B843" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C843" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D843" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E843" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F843" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G843" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H843" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I843" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J843" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="844">
+      <x:c r="A844" t="inlineStr">
+        <x:is>
+          <x:t>05/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B844" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C844" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D844" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E844" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F844" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G844" t="inlineStr">
+        <x:is>
+          <x:t>62.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H844" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I844" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J844" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="845">
+      <x:c r="A845" t="inlineStr">
+        <x:is>
+          <x:t>05/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B845" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C845" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D845" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E845" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F845" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G845" t="inlineStr">
+        <x:is>
+          <x:t>61.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H845" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I845" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J845" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="846">
+      <x:c r="A846" t="inlineStr">
+        <x:is>
+          <x:t>05/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B846" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C846" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D846" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E846" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F846" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G846" t="inlineStr">
+        <x:is>
+          <x:t>58.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H846" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I846" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J846" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="847">
+      <x:c r="A847" t="inlineStr">
+        <x:is>
+          <x:t>05/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B847" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C847" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D847" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E847" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F847" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G847" t="inlineStr">
+        <x:is>
+          <x:t>55.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H847" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I847" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J847" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="848">
+      <x:c r="A848" t="inlineStr">
+        <x:is>
+          <x:t>05/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B848" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C848" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D848" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E848" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F848" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G848" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H848" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I848" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J848" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="849">
+      <x:c r="A849" t="inlineStr">
+        <x:is>
+          <x:t>05/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B849" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C849" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D849" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E849" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F849" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G849" t="inlineStr">
+        <x:is>
+          <x:t>48.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H849" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I849" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J849" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="850">
+      <x:c r="A850" t="inlineStr">
+        <x:is>
+          <x:t>05/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B850" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C850" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D850" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E850" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F850" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G850" t="inlineStr">
+        <x:is>
+          <x:t>47.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H850" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I850" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J850" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="851">
+      <x:c r="A851" t="inlineStr">
+        <x:is>
+          <x:t>05/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B851" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C851" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D851" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E851" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F851" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G851" t="inlineStr">
+        <x:is>
+          <x:t>47.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H851" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I851" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J851" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="852">
+      <x:c r="A852" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B852" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C852" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D852" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E852" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F852" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G852" t="inlineStr">
+        <x:is>
+          <x:t>55.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H852" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I852" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J852" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="853">
+      <x:c r="A853" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B853" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C853" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D853" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E853" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F853" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G853" t="inlineStr">
+        <x:is>
+          <x:t>55.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H853" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I853" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J853" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="854">
+      <x:c r="A854" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B854" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C854" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D854" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E854" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F854" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G854" t="inlineStr">
+        <x:is>
+          <x:t>55.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H854" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I854" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J854" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="855">
+      <x:c r="A855" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B855" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C855" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D855" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E855" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F855" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G855" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H855" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I855" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J855" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="856">
+      <x:c r="A856" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B856" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C856" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D856" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E856" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F856" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G856" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H856" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I856" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J856" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="857">
+      <x:c r="A857" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B857" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C857" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D857" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E857" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F857" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G857" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H857" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I857" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J857" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="858">
+      <x:c r="A858" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B858" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C858" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D858" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E858" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F858" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G858" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H858" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I858" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J858" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="859">
+      <x:c r="A859" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B859" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C859" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D859" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E859" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F859" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G859" t="inlineStr">
+        <x:is>
+          <x:t>54.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H859" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I859" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J859" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="860">
+      <x:c r="A860" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B860" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C860" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D860" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E860" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F860" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G860" t="inlineStr">
+        <x:is>
+          <x:t>50.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H860" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I860" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J860" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="861">
+      <x:c r="A861" t="inlineStr">
+        <x:is>
+          <x:t>05/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B861" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C861" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D861" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E861" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F861" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G861" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H861" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I861" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J861" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="862">
+      <x:c r="A862" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B862" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C862" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D862" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E862" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F862" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G862" t="inlineStr">
+        <x:is>
+          <x:t>62.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H862" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I862" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J862" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="863">
+      <x:c r="A863" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B863" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C863" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D863" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E863" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F863" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G863" t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H863" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I863" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J863" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="864">
+      <x:c r="A864" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B864" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C864" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D864" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E864" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F864" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G864" t="inlineStr">
+        <x:is>
+          <x:t>61.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H864" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I864" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J864" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="865">
+      <x:c r="A865" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B865" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C865" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D865" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E865" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F865" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G865" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H865" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I865" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J865" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="866">
+      <x:c r="A866" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B866" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C866" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D866" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E866" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F866" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G866" t="inlineStr">
+        <x:is>
+          <x:t>58.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H866" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I866" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J866" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="867">
+      <x:c r="A867" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B867" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C867" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D867" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E867" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F867" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G867" t="inlineStr">
+        <x:is>
+          <x:t>56.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H867" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I867" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J867" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="868">
+      <x:c r="A868" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B868" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C868" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D868" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E868" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F868" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G868" t="inlineStr">
+        <x:is>
+          <x:t>55.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H868" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I868" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J868" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="869">
+      <x:c r="A869" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B869" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C869" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D869" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E869" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F869" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G869" t="inlineStr">
+        <x:is>
+          <x:t>54.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H869" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I869" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J869" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="870">
+      <x:c r="A870" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B870" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C870" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D870" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E870" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F870" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G870" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H870" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I870" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J870" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="871">
+      <x:c r="A871" t="inlineStr">
+        <x:is>
+          <x:t>06/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B871" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C871" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D871" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E871" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F871" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G871" t="inlineStr">
+        <x:is>
+          <x:t>66.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H871" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I871" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J871" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="872">
+      <x:c r="A872" t="inlineStr">
+        <x:is>
+          <x:t>06/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B872" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C872" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D872" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E872" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F872" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G872" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H872" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I872" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J872" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="873">
+      <x:c r="A873" t="inlineStr">
+        <x:is>
+          <x:t>06/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B873" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C873" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D873" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E873" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F873" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G873" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H873" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I873" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J873" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="874">
+      <x:c r="A874" t="inlineStr">
+        <x:is>
+          <x:t>06/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B874" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C874" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D874" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E874" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F874" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G874" t="inlineStr">
+        <x:is>
+          <x:t>65.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H874" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I874" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J874" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="875">
+      <x:c r="A875" t="inlineStr">
+        <x:is>
+          <x:t>06/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B875" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C875" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D875" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E875" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F875" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G875" t="inlineStr">
+        <x:is>
+          <x:t>60.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H875" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I875" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J875" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="876">
+      <x:c r="A876" t="inlineStr">
+        <x:is>
+          <x:t>06/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B876" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C876" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D876" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E876" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F876" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G876" t="inlineStr">
+        <x:is>
+          <x:t>57.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H876" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I876" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J876" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="877">
+      <x:c r="A877" t="inlineStr">
+        <x:is>
+          <x:t>06/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B877" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C877" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D877" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E877" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F877" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G877" t="inlineStr">
+        <x:is>
+          <x:t>56.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H877" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I877" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J877" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="878">
+      <x:c r="A878" t="inlineStr">
+        <x:is>
+          <x:t>06/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B878" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C878" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D878" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E878" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F878" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G878" t="inlineStr">
+        <x:is>
+          <x:t>54.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H878" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I878" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J878" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="879">
+      <x:c r="A879" t="inlineStr">
+        <x:is>
+          <x:t>06/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B879" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C879" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D879" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E879" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F879" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G879" t="inlineStr">
+        <x:is>
+          <x:t>53.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H879" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I879" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J879" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="880">
+      <x:c r="A880" t="inlineStr">
+        <x:is>
+          <x:t>06/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B880" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C880" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D880" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E880" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F880" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G880" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H880" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I880" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J880" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="881">
+      <x:c r="A881" t="inlineStr">
+        <x:is>
+          <x:t>06/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B881" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C881" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D881" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E881" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F881" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G881" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H881" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I881" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J881" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="882">
+      <x:c r="A882" t="inlineStr">
+        <x:is>
+          <x:t>06/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B882" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C882" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D882" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E882" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F882" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G882" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H882" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I882" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J882" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="883">
+      <x:c r="A883" t="inlineStr">
+        <x:is>
+          <x:t>06/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B883" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C883" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D883" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E883" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F883" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G883" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H883" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I883" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J883" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="884">
+      <x:c r="A884" t="inlineStr">
+        <x:is>
+          <x:t>06/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B884" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C884" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D884" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E884" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F884" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G884" t="inlineStr">
+        <x:is>
+          <x:t>61.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H884" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I884" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J884" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="885">
+      <x:c r="A885" t="inlineStr">
+        <x:is>
+          <x:t>06/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B885" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C885" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D885" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E885" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F885" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G885" t="inlineStr">
+        <x:is>
+          <x:t>60.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H885" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I885" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J885" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="886">
+      <x:c r="A886" t="inlineStr">
+        <x:is>
+          <x:t>06/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B886" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C886" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D886" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E886" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F886" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G886" t="inlineStr">
+        <x:is>
+          <x:t>56.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H886" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I886" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J886" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="887">
+      <x:c r="A887" t="inlineStr">
+        <x:is>
+          <x:t>06/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B887" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C887" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D887" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E887" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F887" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G887" t="inlineStr">
+        <x:is>
+          <x:t>54.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H887" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I887" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J887" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="888">
+      <x:c r="A888" t="inlineStr">
+        <x:is>
+          <x:t>06/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B888" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C888" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D888" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E888" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F888" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G888" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H888" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I888" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J888" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="889">
+      <x:c r="A889" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B889" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C889" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D889" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E889" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F889" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G889" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H889" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I889" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J889" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="890">
+      <x:c r="A890" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B890" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C890" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D890" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E890" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F890" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G890" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H890" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I890" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J890" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="891">
+      <x:c r="A891" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B891" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C891" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D891" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E891" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F891" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G891" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H891" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I891" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J891" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="892">
+      <x:c r="A892" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B892" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C892" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D892" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E892" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F892" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G892" t="inlineStr">
+        <x:is>
+          <x:t>73.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H892" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I892" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J892" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="893">
+      <x:c r="A893" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B893" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C893" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D893" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E893" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F893" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G893" t="inlineStr">
+        <x:is>
+          <x:t>67.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H893" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I893" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J893" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="894">
+      <x:c r="A894" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B894" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C894" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D894" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E894" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F894" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G894" t="inlineStr">
+        <x:is>
+          <x:t>63.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H894" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I894" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J894" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="895">
+      <x:c r="A895" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B895" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C895" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D895" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E895" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F895" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G895" t="inlineStr">
+        <x:is>
+          <x:t>63.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H895" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I895" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J895" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="896">
+      <x:c r="A896" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B896" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C896" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D896" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E896" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F896" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G896" t="inlineStr">
+        <x:is>
+          <x:t>55.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H896" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I896" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J896" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="897">
+      <x:c r="A897" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B897" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C897" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D897" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E897" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F897" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G897" t="inlineStr">
+        <x:is>
+          <x:t>54.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H897" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I897" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J897" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="898">
+      <x:c r="A898" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B898" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C898" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D898" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E898" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F898" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G898" t="inlineStr">
+        <x:is>
+          <x:t>73.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H898" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I898" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J898" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="899">
+      <x:c r="A899" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B899" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C899" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D899" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E899" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F899" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G899" t="inlineStr">
+        <x:is>
+          <x:t>73.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H899" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I899" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J899" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="900">
+      <x:c r="A900" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B900" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C900" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D900" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E900" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F900" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G900" t="inlineStr">
+        <x:is>
+          <x:t>73.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H900" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I900" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J900" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="901">
+      <x:c r="A901" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B901" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C901" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D901" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E901" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F901" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G901" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H901" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I901" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J901" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="902">
+      <x:c r="A902" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B902" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C902" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D902" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E902" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F902" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G902" t="inlineStr">
+        <x:is>
+          <x:t>67.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H902" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I902" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J902" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="903">
+      <x:c r="A903" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B903" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C903" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D903" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E903" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F903" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G903" t="inlineStr">
+        <x:is>
+          <x:t>62.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H903" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I903" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J903" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="904">
+      <x:c r="A904" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B904" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C904" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D904" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E904" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F904" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G904" t="inlineStr">
+        <x:is>
+          <x:t>57.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H904" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I904" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J904" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="905">
+      <x:c r="A905" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B905" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C905" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D905" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E905" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F905" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G905" t="inlineStr">
+        <x:is>
+          <x:t>54.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H905" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I905" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J905" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="906">
+      <x:c r="A906" t="inlineStr">
+        <x:is>
+          <x:t>07/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B906" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C906" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D906" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E906" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F906" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G906" t="inlineStr">
+        <x:is>
+          <x:t>54.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H906" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I906" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J906" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="907">
+      <x:c r="A907" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B907" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C907" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D907" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E907" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F907" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G907" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H907" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I907" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J907" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="908">
+      <x:c r="A908" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B908" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C908" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D908" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E908" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F908" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G908" t="inlineStr">
+        <x:is>
+          <x:t>74.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H908" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I908" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J908" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="909">
+      <x:c r="A909" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B909" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C909" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D909" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E909" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F909" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G909" t="inlineStr">
+        <x:is>
+          <x:t>74.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H909" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I909" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J909" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="910">
+      <x:c r="A910" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B910" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C910" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D910" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E910" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F910" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G910" t="inlineStr">
+        <x:is>
+          <x:t>74.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H910" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I910" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J910" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="911">
+      <x:c r="A911" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B911" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C911" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D911" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E911" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F911" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G911" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H911" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I911" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J911" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="912">
+      <x:c r="A912" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B912" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C912" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D912" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E912" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F912" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G912" t="inlineStr">
+        <x:is>
+          <x:t>69.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H912" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I912" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J912" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="913">
+      <x:c r="A913" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B913" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C913" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D913" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E913" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F913" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G913" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H913" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I913" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J913" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="914">
+      <x:c r="A914" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B914" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C914" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D914" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E914" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F914" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G914" t="inlineStr">
+        <x:is>
+          <x:t>56.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H914" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I914" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J914" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="915">
+      <x:c r="A915" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B915" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C915" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D915" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E915" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F915" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G915" t="inlineStr">
+        <x:is>
+          <x:t>54.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H915" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I915" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J915" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="916">
+      <x:c r="A916" t="inlineStr">
+        <x:is>
+          <x:t>07/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B916" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C916" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D916" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E916" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F916" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G916" t="inlineStr">
+        <x:is>
+          <x:t>54.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H916" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I916" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J916" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="917">
+      <x:c r="A917" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B917" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C917" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D917" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E917" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F917" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G917" t="inlineStr">
+        <x:is>
+          <x:t>73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H917" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I917" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J917" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="918">
+      <x:c r="A918" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B918" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C918" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D918" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E918" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F918" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G918" t="inlineStr">
+        <x:is>
+          <x:t>73.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H918" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I918" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J918" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="919">
+      <x:c r="A919" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B919" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C919" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D919" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E919" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F919" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G919" t="inlineStr">
+        <x:is>
+          <x:t>73.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H919" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I919" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J919" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="920">
+      <x:c r="A920" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B920" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C920" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D920" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E920" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F920" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G920" t="inlineStr">
+        <x:is>
+          <x:t>73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H920" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I920" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J920" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="921">
+      <x:c r="A921" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B921" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C921" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D921" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E921" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F921" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G921" t="inlineStr">
+        <x:is>
+          <x:t>72.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H921" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I921" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J921" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="922">
+      <x:c r="A922" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B922" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C922" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D922" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E922" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F922" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G922" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H922" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I922" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J922" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="923">
+      <x:c r="A923" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B923" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C923" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D923" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E923" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F923" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G923" t="inlineStr">
+        <x:is>
+          <x:t>59.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H923" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I923" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J923" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="924">
+      <x:c r="A924" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B924" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C924" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D924" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E924" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F924" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G924" t="inlineStr">
+        <x:is>
+          <x:t>56.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H924" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I924" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J924" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="925">
+      <x:c r="A925" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B925" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C925" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D925" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E925" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F925" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G925" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H925" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I925" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J925" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="926">
+      <x:c r="A926" t="inlineStr">
+        <x:is>
+          <x:t>07/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B926" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C926" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D926" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E926" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F926" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G926" t="inlineStr">
+        <x:is>
+          <x:t>54.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H926" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I926" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J926" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="927">
+      <x:c r="A927" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B927" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C927" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D927" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E927" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F927" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G927" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H927" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I927" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J927" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="928">
+      <x:c r="A928" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B928" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C928" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D928" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E928" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F928" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G928" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H928" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I928" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J928" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="929">
+      <x:c r="A929" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B929" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C929" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D929" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E929" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F929" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G929" t="inlineStr">
+        <x:is>
+          <x:t>74.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H929" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I929" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J929" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="930">
+      <x:c r="A930" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B930" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C930" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D930" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E930" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F930" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G930" t="inlineStr">
+        <x:is>
+          <x:t>73.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H930" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I930" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J930" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="931">
+      <x:c r="A931" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B931" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C931" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D931" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E931" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F931" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G931" t="inlineStr">
+        <x:is>
+          <x:t>71.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H931" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I931" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J931" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="932">
+      <x:c r="A932" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B932" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C932" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D932" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E932" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F932" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G932" t="inlineStr">
+        <x:is>
+          <x:t>66.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H932" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I932" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J932" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="933">
+      <x:c r="A933" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B933" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C933" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D933" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E933" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F933" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G933" t="inlineStr">
+        <x:is>
+          <x:t>66.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H933" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I933" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J933" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="934">
+      <x:c r="A934" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B934" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C934" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D934" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E934" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F934" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G934" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H934" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I934" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J934" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="935">
+      <x:c r="A935" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B935" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C935" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D935" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E935" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F935" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G935" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H935" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I935" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J935" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="936">
+      <x:c r="A936" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B936" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C936" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D936" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E936" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F936" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G936" t="inlineStr">
+        <x:is>
+          <x:t>54.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H936" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I936" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J936" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="937">
+      <x:c r="A937" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B937" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C937" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D937" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E937" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F937" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G937" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H937" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I937" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J937" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="938">
+      <x:c r="A938" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B938" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C938" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D938" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E938" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F938" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G938" t="inlineStr">
+        <x:is>
+          <x:t>74.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H938" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I938" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J938" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="939">
+      <x:c r="A939" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B939" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C939" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D939" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E939" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F939" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G939" t="inlineStr">
+        <x:is>
+          <x:t>74.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H939" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I939" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J939" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="940">
+      <x:c r="A940" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B940" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C940" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D940" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E940" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F940" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G940" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H940" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I940" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J940" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="941">
+      <x:c r="A941" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B941" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C941" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D941" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E941" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F941" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G941" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H941" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I941" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J941" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="942">
+      <x:c r="A942" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B942" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C942" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D942" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E942" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F942" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G942" t="inlineStr">
+        <x:is>
+          <x:t>67.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H942" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I942" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J942" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="943">
+      <x:c r="A943" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B943" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C943" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D943" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E943" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F943" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G943" t="inlineStr">
+        <x:is>
+          <x:t>61.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H943" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I943" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J943" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="944">
+      <x:c r="A944" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B944" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C944" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D944" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E944" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F944" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G944" t="inlineStr">
+        <x:is>
+          <x:t>57.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H944" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I944" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J944" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="945">
+      <x:c r="A945" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B945" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C945" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D945" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E945" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F945" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G945" t="inlineStr">
+        <x:is>
+          <x:t>55.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H945" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I945" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J945" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="946">
+      <x:c r="A946" t="inlineStr">
+        <x:is>
+          <x:t>08/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B946" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C946" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D946" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E946" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F946" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G946" t="inlineStr">
+        <x:is>
+          <x:t>55.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H946" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I946" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J946" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="947">
+      <x:c r="A947" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B947" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C947" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D947" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E947" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F947" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G947" t="inlineStr">
+        <x:is>
+          <x:t>74.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H947" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I947" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J947" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="948">
+      <x:c r="A948" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B948" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C948" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D948" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E948" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F948" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G948" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H948" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I948" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J948" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="949">
+      <x:c r="A949" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B949" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C949" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D949" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E949" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F949" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G949" t="inlineStr">
+        <x:is>
+          <x:t>74.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H949" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I949" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J949" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="950">
+      <x:c r="A950" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B950" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C950" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D950" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E950" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F950" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G950" t="inlineStr">
+        <x:is>
+          <x:t>74.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H950" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I950" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J950" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="951">
+      <x:c r="A951" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B951" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C951" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D951" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E951" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F951" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G951" t="inlineStr">
+        <x:is>
+          <x:t>72.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H951" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I951" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J951" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="952">
+      <x:c r="A952" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B952" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C952" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D952" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E952" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F952" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G952" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H952" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I952" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J952" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="953">
+      <x:c r="A953" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B953" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C953" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D953" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E953" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F953" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G953" t="inlineStr">
+        <x:is>
+          <x:t>63.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H953" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I953" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J953" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="954">
+      <x:c r="A954" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B954" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C954" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D954" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E954" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F954" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G954" t="inlineStr">
+        <x:is>
+          <x:t>57.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H954" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I954" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J954" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="955">
+      <x:c r="A955" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B955" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C955" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D955" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E955" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F955" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G955" t="inlineStr">
+        <x:is>
+          <x:t>55.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H955" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I955" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J955" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="956">
+      <x:c r="A956" t="inlineStr">
+        <x:is>
+          <x:t>08/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B956" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C956" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D956" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E956" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F956" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G956" t="inlineStr">
+        <x:is>
+          <x:t>54.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H956" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I956" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J956" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="957">
+      <x:c r="A957" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B957" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C957" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D957" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E957" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F957" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G957" t="inlineStr">
+        <x:is>
+          <x:t>70.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H957" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I957" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J957" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="958">
+      <x:c r="A958" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B958" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C958" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D958" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E958" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F958" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G958" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H958" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I958" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J958" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="959">
+      <x:c r="A959" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B959" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C959" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D959" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E959" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F959" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G959" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H959" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I959" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J959" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="960">
+      <x:c r="A960" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B960" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C960" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D960" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E960" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F960" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G960" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H960" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I960" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J960" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="961">
+      <x:c r="A961" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B961" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C961" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D961" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E961" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F961" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G961" t="inlineStr">
+        <x:is>
+          <x:t>70.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H961" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I961" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J961" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="962">
+      <x:c r="A962" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B962" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C962" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D962" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E962" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F962" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G962" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H962" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I962" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J962" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="963">
+      <x:c r="A963" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B963" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C963" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D963" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E963" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F963" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G963" t="inlineStr">
+        <x:is>
+          <x:t>62.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H963" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I963" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J963" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="964">
+      <x:c r="A964" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B964" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C964" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D964" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E964" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F964" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G964" t="inlineStr">
+        <x:is>
+          <x:t>57.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H964" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I964" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J964" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="965">
+      <x:c r="A965" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B965" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C965" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D965" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E965" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F965" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G965" t="inlineStr">
+        <x:is>
+          <x:t>56.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H965" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I965" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J965" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="966">
+      <x:c r="A966" t="inlineStr">
+        <x:is>
+          <x:t>08/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B966" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C966" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D966" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E966" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F966" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G966" t="inlineStr">
+        <x:is>
+          <x:t>56.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H966" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I966" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J966" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="967">
+      <x:c r="A967" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B967" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C967" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D967" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E967" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F967" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G967" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H967" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I967" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J967" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="968">
+      <x:c r="A968" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B968" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C968" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D968" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E968" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F968" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G968" t="inlineStr">
+        <x:is>
+          <x:t>66.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H968" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I968" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J968" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="969">
+      <x:c r="A969" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B969" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C969" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D969" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E969" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F969" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G969" t="inlineStr">
+        <x:is>
+          <x:t>66.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H969" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I969" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J969" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="970">
+      <x:c r="A970" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B970" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C970" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D970" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E970" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F970" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G970" t="inlineStr">
+        <x:is>
+          <x:t>66.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H970" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I970" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J970" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="971">
+      <x:c r="A971" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B971" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C971" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D971" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E971" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F971" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G971" t="inlineStr">
+        <x:is>
+          <x:t>66.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H971" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I971" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J971" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="972">
+      <x:c r="A972" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B972" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C972" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D972" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E972" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F972" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G972" t="inlineStr">
+        <x:is>
+          <x:t>66.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H972" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I972" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J972" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="973">
+      <x:c r="A973" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B973" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C973" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D973" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E973" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F973" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G973" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H973" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I973" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J973" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="974">
+      <x:c r="A974" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B974" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C974" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D974" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E974" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F974" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G974" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H974" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I974" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J974" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="975">
+      <x:c r="A975" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B975" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C975" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D975" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E975" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F975" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G975" t="inlineStr">
+        <x:is>
+          <x:t>56.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H975" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I975" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J975" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="976">
+      <x:c r="A976" t="inlineStr">
+        <x:is>
+          <x:t>08/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B976" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C976" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D976" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E976" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F976" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G976" t="inlineStr">
+        <x:is>
+          <x:t>55.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H976" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I976" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J976" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="977">
+      <x:c r="A977" t="inlineStr">
+        <x:is>
+          <x:t>09/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B977" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C977" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D977" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E977" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F977" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G977" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H977" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I977" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J977" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="978">
+      <x:c r="A978" t="inlineStr">
+        <x:is>
+          <x:t>09/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B978" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C978" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D978" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E978" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F978" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G978" t="inlineStr">
+        <x:is>
+          <x:t>68.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H978" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I978" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J978" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="979">
+      <x:c r="A979" t="inlineStr">
+        <x:is>
+          <x:t>09/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B979" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C979" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D979" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E979" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F979" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G979" t="inlineStr">
+        <x:is>
+          <x:t>68.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H979" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I979" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J979" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="980">
+      <x:c r="A980" t="inlineStr">
+        <x:is>
+          <x:t>09/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B980" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C980" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D980" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E980" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F980" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G980" t="inlineStr">
+        <x:is>
+          <x:t>67.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H980" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I980" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J980" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="981">
+      <x:c r="A981" t="inlineStr">
+        <x:is>
+          <x:t>09/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B981" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C981" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D981" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E981" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F981" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G981" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H981" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I981" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J981" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="982">
+      <x:c r="A982" t="inlineStr">
+        <x:is>
+          <x:t>09/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B982" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C982" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D982" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E982" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F982" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G982" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H982" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I982" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J982" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="983">
+      <x:c r="A983" t="inlineStr">
+        <x:is>
+          <x:t>09/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B983" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C983" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D983" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E983" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F983" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G983" t="inlineStr">
+        <x:is>
+          <x:t>64.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H983" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I983" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J983" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="984">
+      <x:c r="A984" t="inlineStr">
+        <x:is>
+          <x:t>09/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B984" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C984" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D984" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E984" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F984" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G984" t="inlineStr">
+        <x:is>
+          <x:t>62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H984" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I984" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J984" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="985">
+      <x:c r="A985" t="inlineStr">
+        <x:is>
+          <x:t>09/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B985" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C985" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D985" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E985" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F985" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G985" t="inlineStr">
+        <x:is>
+          <x:t>57.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H985" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I985" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J985" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="986">
+      <x:c r="A986" t="inlineStr">
+        <x:is>
+          <x:t>09/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B986" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C986" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D986" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E986" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F986" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G986" t="inlineStr">
+        <x:is>
+          <x:t>55.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H986" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I986" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J986" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="987">
+      <x:c r="A987" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B987" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C987" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D987" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E987" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F987" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G987" t="inlineStr">
+        <x:is>
+          <x:t>60.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H987" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I987" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J987" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="988">
+      <x:c r="A988" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B988" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C988" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D988" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E988" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F988" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G988" t="inlineStr">
+        <x:is>
+          <x:t>61.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H988" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I988" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J988" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="989">
+      <x:c r="A989" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B989" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C989" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D989" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E989" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F989" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G989" t="inlineStr">
+        <x:is>
+          <x:t>60.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H989" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I989" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J989" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="990">
+      <x:c r="A990" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B990" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C990" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D990" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E990" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F990" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G990" t="inlineStr">
+        <x:is>
+          <x:t>60.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H990" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I990" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J990" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="991">
+      <x:c r="A991" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B991" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C991" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D991" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E991" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F991" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G991" t="inlineStr">
+        <x:is>
+          <x:t>60.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H991" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I991" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J991" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="992">
+      <x:c r="A992" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B992" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C992" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D992" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E992" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F992" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G992" t="inlineStr">
+        <x:is>
+          <x:t>60.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H992" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I992" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J992" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="993">
+      <x:c r="A993" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B993" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C993" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D993" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E993" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F993" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G993" t="inlineStr">
+        <x:is>
+          <x:t>60.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H993" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I993" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J993" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="994">
+      <x:c r="A994" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B994" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C994" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D994" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E994" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F994" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G994" t="inlineStr">
+        <x:is>
+          <x:t>60.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H994" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I994" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J994" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="995">
+      <x:c r="A995" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B995" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C995" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D995" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E995" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F995" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G995" t="inlineStr">
+        <x:is>
+          <x:t>59.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H995" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I995" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J995" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="996">
+      <x:c r="A996" t="inlineStr">
+        <x:is>
+          <x:t>09/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B996" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C996" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D996" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E996" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F996" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G996" t="inlineStr">
+        <x:is>
+          <x:t>67.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H996" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I996" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J996" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="997">
+      <x:c r="A997" t="inlineStr">
+        <x:is>
+          <x:t>09/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B997" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C997" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D997" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E997" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F997" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G997" t="inlineStr">
+        <x:is>
+          <x:t>67.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H997" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I997" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J997" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="998">
+      <x:c r="A998" t="inlineStr">
+        <x:is>
+          <x:t>09/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B998" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C998" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D998" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E998" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F998" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G998" t="inlineStr">
+        <x:is>
+          <x:t>67.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H998" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I998" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J998" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="999">
+      <x:c r="A999" t="inlineStr">
+        <x:is>
+          <x:t>09/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B999" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C999" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D999" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E999" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F999" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G999" t="inlineStr">
+        <x:is>
+          <x:t>62.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H999" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I999" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J999" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1000">
+      <x:c r="A1000" t="inlineStr">
+        <x:is>
+          <x:t>09/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1000" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1000" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1000" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1000" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1000" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1000" t="inlineStr">
+        <x:is>
+          <x:t>61.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1000" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1000" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1000" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1001">
+      <x:c r="A1001" t="inlineStr">
+        <x:is>
+          <x:t>09/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1001" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1001" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1001" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1001" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1001" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1001" t="inlineStr">
+        <x:is>
+          <x:t>60.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1001" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1001" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1001" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1002">
+      <x:c r="A1002" t="inlineStr">
+        <x:is>
+          <x:t>09/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1002" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1002" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1002" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1002" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1002" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1002" t="inlineStr">
+        <x:is>
+          <x:t>60.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1002" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1002" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1002" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1003">
+      <x:c r="A1003" t="inlineStr">
+        <x:is>
+          <x:t>09/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1003" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1003" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1003" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1003" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1003" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1003" t="inlineStr">
+        <x:is>
+          <x:t>59.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1003" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1003" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1003" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1004">
+      <x:c r="A1004" t="inlineStr">
+        <x:is>
+          <x:t>09/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1004" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1004" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1004" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1004" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1004" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1004" t="inlineStr">
+        <x:is>
+          <x:t>59.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1004" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1004" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1004" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1005">
+      <x:c r="A1005" t="inlineStr">
+        <x:is>
+          <x:t>09/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1005" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1005" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1005" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1005" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1005" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1005" t="inlineStr">
+        <x:is>
+          <x:t>58.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1005" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1005" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1005" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1006">
+      <x:c r="A1006" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1006" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1006" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1006" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1006" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1006" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1006" t="inlineStr">
+        <x:is>
+          <x:t>65.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1006" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1006" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1006" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1007">
+      <x:c r="A1007" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1007" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1007" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1007" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1007" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1007" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1007" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1007" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1007" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1007" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1008">
+      <x:c r="A1008" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1008" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1008" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1008" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1008" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1008" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1008" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1008" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1008" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1008" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1009">
+      <x:c r="A1009" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1009" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1009" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1009" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1009" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1009" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1009" t="inlineStr">
+        <x:is>
+          <x:t>65.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1009" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1009" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1009" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1010">
+      <x:c r="A1010" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1010" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1010" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1010" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1010" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1010" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1010" t="inlineStr">
+        <x:is>
+          <x:t>64.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1010" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1010" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1010" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1011">
+      <x:c r="A1011" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1011" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1011" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1011" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1011" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1011" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1011" t="inlineStr">
+        <x:is>
+          <x:t>63.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1011" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1011" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1011" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1012">
+      <x:c r="A1012" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1012" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1012" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1012" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1012" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1012" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1012" t="inlineStr">
+        <x:is>
+          <x:t>60.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1012" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1012" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1012" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1013">
+      <x:c r="A1013" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1013" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1013" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1013" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1013" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1013" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1013" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1013" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1013" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1013" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1014">
+      <x:c r="A1014" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1014" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1014" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1014" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1014" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1014" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1014" t="inlineStr">
+        <x:is>
+          <x:t>59.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1014" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1014" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1014" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1015">
+      <x:c r="A1015" t="inlineStr">
+        <x:is>
+          <x:t>10/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1015" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1015" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1015" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1015" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1015" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1015" t="inlineStr">
+        <x:is>
+          <x:t>58.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1015" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1015" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1015" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1016">
+      <x:c r="A1016" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1016" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1016" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1016" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1016" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1016" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1016" t="inlineStr">
+        <x:is>
+          <x:t>58.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1016" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1016" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1016" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1017">
+      <x:c r="A1017" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1017" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1017" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1017" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1017" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1017" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1017" t="inlineStr">
+        <x:is>
+          <x:t>58.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1017" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1017" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1017" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1018">
+      <x:c r="A1018" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1018" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1018" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1018" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1018" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1018" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1018" t="inlineStr">
+        <x:is>
+          <x:t>58.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1018" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1018" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1018" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1019">
+      <x:c r="A1019" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1019" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1019" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1019" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1019" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1019" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1019" t="inlineStr">
+        <x:is>
+          <x:t>58.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1019" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1019" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1019" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1020">
+      <x:c r="A1020" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1020" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1020" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1020" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1020" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1020" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1020" t="inlineStr">
+        <x:is>
+          <x:t>58.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1020" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1020" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1020" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1021">
+      <x:c r="A1021" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1021" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1021" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1021" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1021" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1021" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1021" t="inlineStr">
+        <x:is>
+          <x:t>58.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1021" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1021" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1021" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1022">
+      <x:c r="A1022" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1022" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1022" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1022" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1022" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1022" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1022" t="inlineStr">
+        <x:is>
+          <x:t>58.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1022" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1022" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1022" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1023">
+      <x:c r="A1023" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1023" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1023" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1023" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1023" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1023" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1023" t="inlineStr">
+        <x:is>
+          <x:t>58.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1023" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1023" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1023" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1024">
+      <x:c r="A1024" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1024" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1024" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1024" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1024" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1024" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1024" t="inlineStr">
+        <x:is>
+          <x:t>57.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1024" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1024" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1024" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="1025">
+      <x:c r="A1025" t="inlineStr">
+        <x:is>
+          <x:t>10/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1025" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1025" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1025" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1025" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1025" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G1025" t="inlineStr">
+        <x:is>
+          <x:t>57.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1025" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I1025" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J1025" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>