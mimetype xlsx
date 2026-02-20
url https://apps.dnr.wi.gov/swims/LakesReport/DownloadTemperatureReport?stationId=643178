--- v0 (2025-10-07)
+++ v1 (2026-02-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfacdd65c944b4be1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re91c5b7e38a14459" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4abd8c160db3434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3aa263abc9844da3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4abd8c160db3434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3aa263abc9844da3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -12379,28 +12379,2004 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G238" t="inlineStr">
         <x:is>
           <x:t>68.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H238" t="inlineStr">
         <x:is>
           <x:t>.14</x:t>
         </x:is>
       </x:c>
       <x:c r="I238" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J238" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="239">
+      <x:c r="A239" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B239" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C239" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D239" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E239" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F239" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G239" t="inlineStr">
+        <x:is>
+          <x:t>14.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H239" t="inlineStr">
+        <x:is>
+          <x:t>9.04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I239" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J239" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="240">
+      <x:c r="A240" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B240" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C240" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D240" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E240" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F240" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G240" t="inlineStr">
+        <x:is>
+          <x:t>14.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H240" t="inlineStr">
+        <x:is>
+          <x:t>8.89</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I240" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J240" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="241">
+      <x:c r="A241" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B241" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C241" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D241" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E241" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F241" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G241" t="inlineStr">
+        <x:is>
+          <x:t>13.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H241" t="inlineStr">
+        <x:is>
+          <x:t>8.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I241" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J241" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="242">
+      <x:c r="A242" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B242" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C242" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D242" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E242" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F242" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G242" t="inlineStr">
+        <x:is>
+          <x:t>13.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H242" t="inlineStr">
+        <x:is>
+          <x:t>7.99</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I242" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J242" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="243">
+      <x:c r="A243" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B243" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C243" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D243" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E243" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G243" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H243" t="inlineStr">
+        <x:is>
+          <x:t>7.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I243" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J243" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="244">
+      <x:c r="A244" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B244" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C244" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D244" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E244" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G244" t="inlineStr">
+        <x:is>
+          <x:t>12.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H244" t="inlineStr">
+        <x:is>
+          <x:t>6.51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I244" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J244" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="245">
+      <x:c r="A245" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B245" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C245" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D245" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E245" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G245" t="inlineStr">
+        <x:is>
+          <x:t>12.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H245" t="inlineStr">
+        <x:is>
+          <x:t>6.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I245" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J245" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="246">
+      <x:c r="A246" t="inlineStr">
+        <x:is>
+          <x:t>05/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B246" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C246" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D246" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E246" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G246" t="inlineStr">
+        <x:is>
+          <x:t>12.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H246" t="inlineStr">
+        <x:is>
+          <x:t>6.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I246" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J246" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="247">
+      <x:c r="A247" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B247" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C247" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D247" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E247" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F247" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G247" t="inlineStr">
+        <x:is>
+          <x:t>24.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H247" t="inlineStr">
+        <x:is>
+          <x:t>8.28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I247" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J247" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="248">
+      <x:c r="A248" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B248" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C248" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D248" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E248" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G248" t="inlineStr">
+        <x:is>
+          <x:t>23.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H248" t="inlineStr">
+        <x:is>
+          <x:t>8.38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I248" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J248" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="249">
+      <x:c r="A249" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B249" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C249" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D249" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E249" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G249" t="inlineStr">
+        <x:is>
+          <x:t>22.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H249" t="inlineStr">
+        <x:is>
+          <x:t>8.43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I249" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J249" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="250">
+      <x:c r="A250" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B250" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C250" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D250" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E250" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G250" t="inlineStr">
+        <x:is>
+          <x:t>19.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H250" t="inlineStr">
+        <x:is>
+          <x:t>7.52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I250" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J250" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="251">
+      <x:c r="A251" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B251" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C251" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D251" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E251" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F251" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G251" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H251" t="inlineStr">
+        <x:is>
+          <x:t>6.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I251" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J251" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="252">
+      <x:c r="A252" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B252" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C252" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D252" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E252" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G252" t="inlineStr">
+        <x:is>
+          <x:t>15.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H252" t="inlineStr">
+        <x:is>
+          <x:t>2.28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I252" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J252" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="253">
+      <x:c r="A253" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B253" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C253" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D253" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E253" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F253" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G253" t="inlineStr">
+        <x:is>
+          <x:t>14.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H253" t="inlineStr">
+        <x:is>
+          <x:t>1.71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I253" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J253" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="254">
+      <x:c r="A254" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B254" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C254" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D254" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E254" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F254" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G254" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H254" t="inlineStr">
+        <x:is>
+          <x:t>.44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I254" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J254" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="255">
+      <x:c r="A255" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B255" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C255" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D255" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E255" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F255" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G255" t="inlineStr">
+        <x:is>
+          <x:t>13.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H255" t="inlineStr">
+        <x:is>
+          <x:t>.13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I255" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J255" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="256">
+      <x:c r="A256" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B256" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C256" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D256" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E256" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F256" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G256" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H256" t="inlineStr">
+        <x:is>
+          <x:t>.11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I256" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J256" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="257">
+      <x:c r="A257" t="inlineStr">
+        <x:is>
+          <x:t>07/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B257" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C257" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D257" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E257" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F257" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G257" t="inlineStr">
+        <x:is>
+          <x:t>22.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H257" t="inlineStr">
+        <x:is>
+          <x:t>8.45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I257" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J257" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="258">
+      <x:c r="A258" t="inlineStr">
+        <x:is>
+          <x:t>07/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B258" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C258" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D258" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E258" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F258" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G258" t="inlineStr">
+        <x:is>
+          <x:t>22.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H258" t="inlineStr">
+        <x:is>
+          <x:t>8.41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I258" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J258" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="259">
+      <x:c r="A259" t="inlineStr">
+        <x:is>
+          <x:t>07/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B259" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C259" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D259" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E259" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F259" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G259" t="inlineStr">
+        <x:is>
+          <x:t>22.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H259" t="inlineStr">
+        <x:is>
+          <x:t>8.37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I259" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J259" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="260">
+      <x:c r="A260" t="inlineStr">
+        <x:is>
+          <x:t>07/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B260" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C260" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D260" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E260" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F260" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G260" t="inlineStr">
+        <x:is>
+          <x:t>22.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H260" t="inlineStr">
+        <x:is>
+          <x:t>8.34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I260" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J260" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="261">
+      <x:c r="A261" t="inlineStr">
+        <x:is>
+          <x:t>07/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B261" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C261" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D261" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E261" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F261" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G261" t="inlineStr">
+        <x:is>
+          <x:t>22.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H261" t="inlineStr">
+        <x:is>
+          <x:t>8.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I261" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J261" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="262">
+      <x:c r="A262" t="inlineStr">
+        <x:is>
+          <x:t>07/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B262" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C262" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D262" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E262" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F262" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G262" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H262" t="inlineStr">
+        <x:is>
+          <x:t>3.07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I262" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J262" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="263">
+      <x:c r="A263" t="inlineStr">
+        <x:is>
+          <x:t>07/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B263" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C263" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D263" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E263" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F263" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G263" t="inlineStr">
+        <x:is>
+          <x:t>14.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H263" t="inlineStr">
+        <x:is>
+          <x:t>.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I263" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J263" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="264">
+      <x:c r="A264" t="inlineStr">
+        <x:is>
+          <x:t>07/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B264" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C264" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D264" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E264" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F264" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G264" t="inlineStr">
+        <x:is>
+          <x:t>14.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H264" t="inlineStr">
+        <x:is>
+          <x:t>.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I264" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J264" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="265">
+      <x:c r="A265" t="inlineStr">
+        <x:is>
+          <x:t>07/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B265" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C265" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D265" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E265" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F265" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G265" t="inlineStr">
+        <x:is>
+          <x:t>13.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H265" t="inlineStr">
+        <x:is>
+          <x:t>.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I265" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J265" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="266">
+      <x:c r="A266" t="inlineStr">
+        <x:is>
+          <x:t>07/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B266" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C266" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D266" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E266" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F266" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G266" t="inlineStr">
+        <x:is>
+          <x:t>13.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H266" t="inlineStr">
+        <x:is>
+          <x:t>.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I266" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J266" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="267">
+      <x:c r="A267" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B267" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C267" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D267" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E267" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F267" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G267" t="inlineStr">
+        <x:is>
+          <x:t>23.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H267" t="inlineStr">
+        <x:is>
+          <x:t>8.54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I267" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J267" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="268">
+      <x:c r="A268" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B268" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C268" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D268" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E268" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F268" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G268" t="inlineStr">
+        <x:is>
+          <x:t>23.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H268" t="inlineStr">
+        <x:is>
+          <x:t>8.61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I268" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J268" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="269">
+      <x:c r="A269" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B269" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C269" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D269" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E269" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F269" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G269" t="inlineStr">
+        <x:is>
+          <x:t>23.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H269" t="inlineStr">
+        <x:is>
+          <x:t>8.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I269" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J269" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="270">
+      <x:c r="A270" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B270" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C270" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D270" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E270" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G270" t="inlineStr">
+        <x:is>
+          <x:t>23.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H270" t="inlineStr">
+        <x:is>
+          <x:t>8.22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I270" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J270" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="271">
+      <x:c r="A271" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B271" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C271" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D271" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E271" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G271" t="inlineStr">
+        <x:is>
+          <x:t>23.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H271" t="inlineStr">
+        <x:is>
+          <x:t>8.04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I271" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J271" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="272">
+      <x:c r="A272" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B272" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C272" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D272" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E272" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G272" t="inlineStr">
+        <x:is>
+          <x:t>19.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H272" t="inlineStr">
+        <x:is>
+          <x:t>.24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I272" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J272" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="273">
+      <x:c r="A273" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B273" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C273" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D273" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E273" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G273" t="inlineStr">
+        <x:is>
+          <x:t>17.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H273" t="inlineStr">
+        <x:is>
+          <x:t>.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I273" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J273" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="274">
+      <x:c r="A274" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B274" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C274" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D274" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E274" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F274" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G274" t="inlineStr">
+        <x:is>
+          <x:t>15.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H274" t="inlineStr">
+        <x:is>
+          <x:t>.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I274" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J274" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="275">
+      <x:c r="A275" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B275" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C275" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D275" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E275" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F275" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G275" t="inlineStr">
+        <x:is>
+          <x:t>15.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H275" t="inlineStr">
+        <x:is>
+          <x:t>.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I275" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J275" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="276">
+      <x:c r="A276" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B276" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C276" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D276" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E276" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F276" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G276" t="inlineStr">
+        <x:is>
+          <x:t>15.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H276" t="inlineStr">
+        <x:is>
+          <x:t>.14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I276" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J276" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>