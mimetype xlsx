--- v0 (2025-10-07)
+++ v1 (2026-01-10)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdfb9b4b56cb4a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9239e04104304cb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Raec05f76a122455d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcf1a217f023d4406"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raec05f76a122455d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf1a217f023d4406" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -9415,28 +9415,1328 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G181" t="inlineStr">
         <x:is>
           <x:t>60</x:t>
         </x:is>
       </x:c>
       <x:c r="H181" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I181" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J181" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="182">
+      <x:c r="A182" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B182" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C182" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D182" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E182" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F182" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G182" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H182" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I182" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J182" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="183">
+      <x:c r="A183" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B183" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C183" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D183" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E183" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F183" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G183" t="inlineStr">
+        <x:is>
+          <x:t>55.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H183" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I183" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J183" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="184">
+      <x:c r="A184" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B184" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C184" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D184" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E184" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G184" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I184" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J184" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="185">
+      <x:c r="A185" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B185" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C185" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D185" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E185" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G185" t="inlineStr">
+        <x:is>
+          <x:t>48.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I185" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J185" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="186">
+      <x:c r="A186" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B186" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C186" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D186" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E186" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F186" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G186" t="inlineStr">
+        <x:is>
+          <x:t>47.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H186" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I186" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J186" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="187">
+      <x:c r="A187" t="inlineStr">
+        <x:is>
+          <x:t>05/04/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B187" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C187" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D187" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E187" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F187" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G187" t="inlineStr">
+        <x:is>
+          <x:t>45.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H187" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I187" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J187" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="188">
+      <x:c r="A188" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B188" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C188" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D188" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E188" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G188" t="inlineStr">
+        <x:is>
+          <x:t>81.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I188" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="189">
+      <x:c r="A189" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B189" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C189" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D189" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E189" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G189" t="inlineStr">
+        <x:is>
+          <x:t>80.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I189" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J189" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="190">
+      <x:c r="A190" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B190" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C190" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D190" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E190" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G190" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I190" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J190" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="191">
+      <x:c r="A191" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B191" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C191" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D191" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E191" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G191" t="inlineStr">
+        <x:is>
+          <x:t>63.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I191" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J191" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="192">
+      <x:c r="A192" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B192" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C192" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D192" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E192" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G192" t="inlineStr">
+        <x:is>
+          <x:t>60.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I192" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J192" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="193">
+      <x:c r="A193" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B193" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C193" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D193" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E193" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F193" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G193" t="inlineStr">
+        <x:is>
+          <x:t>59.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H193" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I193" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J193" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="194">
+      <x:c r="A194" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B194" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C194" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D194" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E194" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F194" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G194" t="inlineStr">
+        <x:is>
+          <x:t>54.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H194" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I194" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J194" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="195">
+      <x:c r="A195" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B195" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C195" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D195" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E195" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G195" t="inlineStr">
+        <x:is>
+          <x:t>80.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I195" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J195" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="196">
+      <x:c r="A196" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B196" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C196" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D196" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E196" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G196" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I196" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="197">
+      <x:c r="A197" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B197" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C197" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D197" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E197" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G197" t="inlineStr">
+        <x:is>
+          <x:t>75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I197" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="198">
+      <x:c r="A198" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B198" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C198" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D198" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E198" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G198" t="inlineStr">
+        <x:is>
+          <x:t>69.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I198" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="199">
+      <x:c r="A199" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B199" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C199" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D199" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E199" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G199" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I199" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="200">
+      <x:c r="A200" t="inlineStr">
+        <x:is>
+          <x:t>07/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B200" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C200" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D200" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E200" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G200" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I200" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="201">
+      <x:c r="A201" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B201" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C201" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D201" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E201" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G201" t="inlineStr">
+        <x:is>
+          <x:t>67.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I201" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="202">
+      <x:c r="A202" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B202" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C202" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D202" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E202" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G202" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I202" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="203">
+      <x:c r="A203" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B203" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C203" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D203" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E203" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G203" t="inlineStr">
+        <x:is>
+          <x:t>68.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I203" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="204">
+      <x:c r="A204" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B204" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C204" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D204" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E204" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F204" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G204" t="inlineStr">
+        <x:is>
+          <x:t>68.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H204" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I204" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J204" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="205">
+      <x:c r="A205" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B205" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C205" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D205" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E205" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F205" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G205" t="inlineStr">
+        <x:is>
+          <x:t>68.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H205" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I205" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J205" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="206">
+      <x:c r="A206" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B206" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C206" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D206" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E206" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F206" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G206" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H206" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I206" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J206" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>