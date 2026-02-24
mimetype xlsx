--- v1 (2026-01-10)
+++ v2 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9239e04104304cb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b8073fc5dee4480" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcf1a217f023d4406"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0f3b1027d9884ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf1a217f023d4406" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0f3b1027d9884ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>