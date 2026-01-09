--- v0 (2025-10-07)
+++ v1 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raabe11e405ec4ef3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5412bf1544749c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R067645f797f244ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc761043917ea4819"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R067645f797f244ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc761043917ea4819" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -31411,28 +31411,2316 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G604" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="H604" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I604" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J604" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="605">
+      <x:c r="A605" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B605" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C605" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D605" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E605" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F605" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G605" t="inlineStr">
+        <x:is>
+          <x:t>67.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H605" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I605" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J605" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="606">
+      <x:c r="A606" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B606" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C606" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D606" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E606" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F606" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G606" t="inlineStr">
+        <x:is>
+          <x:t>66.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H606" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I606" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J606" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="607">
+      <x:c r="A607" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B607" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C607" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D607" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E607" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F607" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G607" t="inlineStr">
+        <x:is>
+          <x:t>66.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H607" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I607" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J607" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="608">
+      <x:c r="A608" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B608" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C608" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D608" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E608" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F608" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G608" t="inlineStr">
+        <x:is>
+          <x:t>66.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H608" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I608" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J608" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="609">
+      <x:c r="A609" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B609" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C609" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D609" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E609" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F609" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G609" t="inlineStr">
+        <x:is>
+          <x:t>64.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H609" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I609" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J609" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="610">
+      <x:c r="A610" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B610" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C610" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D610" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E610" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F610" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G610" t="inlineStr">
+        <x:is>
+          <x:t>58.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H610" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I610" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J610" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="611">
+      <x:c r="A611" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B611" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C611" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D611" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E611" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F611" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G611" t="inlineStr">
+        <x:is>
+          <x:t>53.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H611" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I611" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J611" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="612">
+      <x:c r="A612" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B612" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C612" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D612" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E612" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F612" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G612" t="inlineStr">
+        <x:is>
+          <x:t>49.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H612" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I612" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J612" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="613">
+      <x:c r="A613" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B613" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C613" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D613" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E613" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F613" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G613" t="inlineStr">
+        <x:is>
+          <x:t>47.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H613" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I613" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J613" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="614">
+      <x:c r="A614" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B614" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C614" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D614" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E614" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F614" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G614" t="inlineStr">
+        <x:is>
+          <x:t>47.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H614" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I614" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J614" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="615">
+      <x:c r="A615" t="inlineStr">
+        <x:is>
+          <x:t>06/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B615" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C615" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D615" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E615" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F615" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G615" t="inlineStr">
+        <x:is>
+          <x:t>46.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H615" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I615" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J615" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="616">
+      <x:c r="A616" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B616" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C616" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D616" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E616" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F616" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G616" t="inlineStr">
+        <x:is>
+          <x:t>78.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H616" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I616" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J616" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="617">
+      <x:c r="A617" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B617" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C617" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D617" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E617" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F617" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G617" t="inlineStr">
+        <x:is>
+          <x:t>78.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H617" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I617" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J617" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="618">
+      <x:c r="A618" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B618" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C618" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D618" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E618" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F618" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G618" t="inlineStr">
+        <x:is>
+          <x:t>78.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H618" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I618" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J618" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="619">
+      <x:c r="A619" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B619" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C619" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D619" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E619" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F619" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G619" t="inlineStr">
+        <x:is>
+          <x:t>78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H619" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I619" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J619" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="620">
+      <x:c r="A620" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B620" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C620" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D620" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E620" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F620" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G620" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H620" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I620" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J620" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="621">
+      <x:c r="A621" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B621" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C621" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D621" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E621" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F621" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G621" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H621" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I621" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J621" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="622">
+      <x:c r="A622" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B622" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C622" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D622" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E622" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F622" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G622" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H622" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I622" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J622" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="623">
+      <x:c r="A623" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B623" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C623" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D623" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E623" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F623" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G623" t="inlineStr">
+        <x:is>
+          <x:t>53.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H623" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I623" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J623" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="624">
+      <x:c r="A624" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B624" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C624" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D624" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E624" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F624" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G624" t="inlineStr">
+        <x:is>
+          <x:t>50.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H624" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I624" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J624" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="625">
+      <x:c r="A625" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B625" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C625" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D625" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E625" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F625" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G625" t="inlineStr">
+        <x:is>
+          <x:t>48.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H625" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I625" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J625" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="626">
+      <x:c r="A626" t="inlineStr">
+        <x:is>
+          <x:t>07/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B626" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C626" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D626" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E626" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F626" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G626" t="inlineStr">
+        <x:is>
+          <x:t>41.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H626" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I626" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J626" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="627">
+      <x:c r="A627" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B627" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C627" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D627" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E627" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F627" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G627" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H627" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I627" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J627" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="628">
+      <x:c r="A628" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B628" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C628" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D628" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E628" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F628" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G628" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H628" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I628" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J628" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="629">
+      <x:c r="A629" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B629" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C629" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D629" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E629" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F629" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G629" t="inlineStr">
+        <x:is>
+          <x:t>70.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H629" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I629" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J629" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="630">
+      <x:c r="A630" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B630" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C630" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D630" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E630" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F630" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G630" t="inlineStr">
+        <x:is>
+          <x:t>68.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H630" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I630" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J630" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="631">
+      <x:c r="A631" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B631" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C631" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D631" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E631" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F631" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G631" t="inlineStr">
+        <x:is>
+          <x:t>68.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H631" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I631" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J631" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="632">
+      <x:c r="A632" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B632" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C632" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D632" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E632" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F632" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G632" t="inlineStr">
+        <x:is>
+          <x:t>67.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H632" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I632" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J632" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="633">
+      <x:c r="A633" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B633" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C633" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D633" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E633" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F633" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G633" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H633" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I633" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J633" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="634">
+      <x:c r="A634" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B634" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C634" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D634" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E634" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F634" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G634" t="inlineStr">
+        <x:is>
+          <x:t>55.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H634" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I634" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J634" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="635">
+      <x:c r="A635" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B635" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C635" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D635" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E635" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F635" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G635" t="inlineStr">
+        <x:is>
+          <x:t>50.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H635" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I635" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J635" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="636">
+      <x:c r="A636" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B636" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C636" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D636" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E636" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F636" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G636" t="inlineStr">
+        <x:is>
+          <x:t>48.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H636" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I636" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J636" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="637">
+      <x:c r="A637" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B637" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C637" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D637" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E637" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F637" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G637" t="inlineStr">
+        <x:is>
+          <x:t>47.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H637" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I637" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J637" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="638">
+      <x:c r="A638" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B638" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C638" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D638" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E638" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F638" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G638" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H638" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I638" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J638" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="639">
+      <x:c r="A639" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B639" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C639" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D639" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E639" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F639" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G639" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H639" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I639" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J639" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="640">
+      <x:c r="A640" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B640" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C640" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D640" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E640" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F640" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G640" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H640" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I640" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J640" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="641">
+      <x:c r="A641" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B641" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C641" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D641" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E641" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F641" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G641" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H641" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I641" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J641" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="642">
+      <x:c r="A642" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B642" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C642" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D642" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E642" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F642" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G642" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H642" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I642" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J642" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="643">
+      <x:c r="A643" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B643" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C643" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D643" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E643" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F643" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G643" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H643" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I643" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J643" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="644">
+      <x:c r="A644" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B644" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C644" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D644" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E644" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F644" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G644" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H644" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I644" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J644" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="645">
+      <x:c r="A645" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B645" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C645" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D645" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E645" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F645" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G645" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H645" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I645" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J645" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="646">
+      <x:c r="A646" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B646" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C646" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D646" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E646" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F646" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G646" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H646" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I646" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J646" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="647">
+      <x:c r="A647" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B647" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C647" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D647" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E647" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F647" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G647" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H647" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I647" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J647" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="648">
+      <x:c r="A648" t="inlineStr">
+        <x:is>
+          <x:t>10/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B648" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C648" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D648" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E648" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F648" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G648" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H648" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I648" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J648" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>