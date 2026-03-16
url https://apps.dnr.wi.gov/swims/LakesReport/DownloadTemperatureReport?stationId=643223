--- v1 (2026-01-09)
+++ v2 (2026-03-16)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5412bf1544749c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c98ed7c7144146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc761043917ea4819"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3ed2bf8d67e5492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc761043917ea4819" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3ed2bf8d67e5492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>