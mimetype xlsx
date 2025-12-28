--- v0 (2025-10-30)
+++ v1 (2025-12-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04dd0d9c932e4205" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda68e5fb2954e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0405447936cc4509"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc31c653d8ba34441"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0405447936cc4509" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc31c653d8ba34441" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -28707,28 +28707,1588 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G552" t="inlineStr">
         <x:is>
           <x:t>60.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H552" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I552" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J552" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="553">
+      <x:c r="A553" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B553" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C553" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D553" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E553" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F553" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G553" t="inlineStr">
+        <x:is>
+          <x:t>78.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H553" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I553" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J553" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="554">
+      <x:c r="A554" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B554" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C554" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D554" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E554" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F554" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G554" t="inlineStr">
+        <x:is>
+          <x:t>78.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H554" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I554" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J554" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="555">
+      <x:c r="A555" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B555" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C555" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D555" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E555" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F555" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G555" t="inlineStr">
+        <x:is>
+          <x:t>78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H555" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I555" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J555" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="556">
+      <x:c r="A556" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B556" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C556" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D556" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E556" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F556" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G556" t="inlineStr">
+        <x:is>
+          <x:t>77.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H556" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I556" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J556" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="557">
+      <x:c r="A557" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B557" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C557" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D557" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E557" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F557" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G557" t="inlineStr">
+        <x:is>
+          <x:t>73.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H557" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I557" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J557" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="558">
+      <x:c r="A558" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B558" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C558" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D558" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E558" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F558" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G558" t="inlineStr">
+        <x:is>
+          <x:t>64.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H558" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I558" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J558" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="559">
+      <x:c r="A559" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B559" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C559" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D559" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E559" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F559" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G559" t="inlineStr">
+        <x:is>
+          <x:t>60.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H559" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I559" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J559" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="560">
+      <x:c r="A560" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B560" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C560" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D560" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E560" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F560" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G560" t="inlineStr">
+        <x:is>
+          <x:t>56.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H560" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I560" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J560" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="561">
+      <x:c r="A561" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B561" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C561" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D561" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E561" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F561" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G561" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H561" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I561" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J561" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="562">
+      <x:c r="A562" t="inlineStr">
+        <x:is>
+          <x:t>06/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B562" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C562" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D562" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E562" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F562" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G562" t="inlineStr">
+        <x:is>
+          <x:t>51.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H562" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I562" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J562" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="563">
+      <x:c r="A563" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B563" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C563" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D563" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E563" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F563" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G563" t="inlineStr">
+        <x:is>
+          <x:t>77.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H563" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I563" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J563" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="564">
+      <x:c r="A564" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B564" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C564" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D564" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E564" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F564" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G564" t="inlineStr">
+        <x:is>
+          <x:t>77.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H564" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I564" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J564" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="565">
+      <x:c r="A565" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B565" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C565" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D565" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E565" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F565" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G565" t="inlineStr">
+        <x:is>
+          <x:t>77</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H565" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I565" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J565" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="566">
+      <x:c r="A566" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B566" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C566" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D566" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E566" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F566" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G566" t="inlineStr">
+        <x:is>
+          <x:t>75.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H566" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I566" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J566" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="567">
+      <x:c r="A567" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B567" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C567" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D567" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E567" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F567" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G567" t="inlineStr">
+        <x:is>
+          <x:t>72.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H567" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I567" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J567" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="568">
+      <x:c r="A568" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B568" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C568" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D568" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E568" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F568" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G568" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H568" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I568" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J568" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="569">
+      <x:c r="A569" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B569" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C569" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D569" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E569" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F569" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G569" t="inlineStr">
+        <x:is>
+          <x:t>61.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H569" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I569" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J569" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="570">
+      <x:c r="A570" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B570" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C570" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D570" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E570" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F570" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G570" t="inlineStr">
+        <x:is>
+          <x:t>56.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H570" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I570" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J570" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="571">
+      <x:c r="A571" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B571" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C571" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D571" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E571" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F571" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G571" t="inlineStr">
+        <x:is>
+          <x:t>53.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H571" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I571" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J571" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="572">
+      <x:c r="A572" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B572" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C572" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D572" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E572" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F572" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G572" t="inlineStr">
+        <x:is>
+          <x:t>51.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H572" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I572" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J572" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="573">
+      <x:c r="A573" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B573" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C573" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D573" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E573" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F573" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G573" t="inlineStr">
+        <x:is>
+          <x:t>68.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H573" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I573" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J573" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="574">
+      <x:c r="A574" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B574" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C574" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D574" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E574" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F574" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G574" t="inlineStr">
+        <x:is>
+          <x:t>69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H574" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I574" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J574" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="575">
+      <x:c r="A575" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B575" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C575" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D575" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E575" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F575" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G575" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H575" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I575" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J575" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="576">
+      <x:c r="A576" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B576" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C576" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D576" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E576" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F576" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G576" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H576" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I576" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J576" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="577">
+      <x:c r="A577" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B577" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C577" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D577" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E577" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F577" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G577" t="inlineStr">
+        <x:is>
+          <x:t>69.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H577" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I577" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J577" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="578">
+      <x:c r="A578" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B578" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C578" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D578" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E578" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F578" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G578" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H578" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I578" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J578" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="579">
+      <x:c r="A579" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B579" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C579" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D579" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E579" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F579" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G579" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H579" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I579" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J579" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="580">
+      <x:c r="A580" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B580" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C580" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D580" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E580" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F580" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G580" t="inlineStr">
+        <x:is>
+          <x:t>57.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H580" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I580" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J580" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="581">
+      <x:c r="A581" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B581" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C581" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D581" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E581" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F581" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G581" t="inlineStr">
+        <x:is>
+          <x:t>54.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H581" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I581" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J581" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="582">
+      <x:c r="A582" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B582" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C582" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D582" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E582" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F582" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G582" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H582" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I582" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J582" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>