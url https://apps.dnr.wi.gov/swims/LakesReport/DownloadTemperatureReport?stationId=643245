--- v1 (2025-12-28)
+++ v2 (2026-02-18)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda68e5fb2954e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14175162f7d4854" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc31c653d8ba34441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9cf016fb03b54e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc31c653d8ba34441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9cf016fb03b54e21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>