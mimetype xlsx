--- v0 (2025-10-21)
+++ v1 (2025-12-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f9ed2a917ed48e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98ef262ed9ff4b2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8ffaa0f2ac4e4134"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbcec62c931b0447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ffaa0f2ac4e4134" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbcec62c931b0447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -43683,28 +43683,1848 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G840" t="inlineStr">
         <x:is>
           <x:t>61.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H840" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I840" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J840" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="841">
+      <x:c r="A841" t="inlineStr">
+        <x:is>
+          <x:t>06/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B841" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C841" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D841" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E841" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F841" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G841" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H841" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I841" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J841" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="842">
+      <x:c r="A842" t="inlineStr">
+        <x:is>
+          <x:t>06/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B842" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C842" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D842" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E842" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F842" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G842" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H842" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I842" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J842" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="843">
+      <x:c r="A843" t="inlineStr">
+        <x:is>
+          <x:t>06/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B843" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C843" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D843" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E843" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F843" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G843" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H843" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I843" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J843" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="844">
+      <x:c r="A844" t="inlineStr">
+        <x:is>
+          <x:t>06/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B844" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C844" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D844" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E844" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F844" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G844" t="inlineStr">
+        <x:is>
+          <x:t>62.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H844" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I844" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J844" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="845">
+      <x:c r="A845" t="inlineStr">
+        <x:is>
+          <x:t>06/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B845" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C845" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D845" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E845" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F845" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G845" t="inlineStr">
+        <x:is>
+          <x:t>59.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H845" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I845" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J845" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="846">
+      <x:c r="A846" t="inlineStr">
+        <x:is>
+          <x:t>06/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B846" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C846" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D846" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E846" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F846" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G846" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H846" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I846" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J846" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="847">
+      <x:c r="A847" t="inlineStr">
+        <x:is>
+          <x:t>06/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B847" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C847" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D847" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E847" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F847" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G847" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H847" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I847" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J847" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="848">
+      <x:c r="A848" t="inlineStr">
+        <x:is>
+          <x:t>06/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B848" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C848" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D848" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E848" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F848" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G848" t="inlineStr">
+        <x:is>
+          <x:t>54.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H848" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I848" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J848" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="849">
+      <x:c r="A849" t="inlineStr">
+        <x:is>
+          <x:t>06/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B849" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C849" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D849" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E849" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F849" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G849" t="inlineStr">
+        <x:is>
+          <x:t>52.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H849" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I849" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J849" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="850">
+      <x:c r="A850" t="inlineStr">
+        <x:is>
+          <x:t>06/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B850" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C850" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D850" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E850" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F850" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G850" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H850" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I850" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J850" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="851">
+      <x:c r="A851" t="inlineStr">
+        <x:is>
+          <x:t>06/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B851" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C851" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D851" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E851" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F851" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G851" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H851" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I851" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J851" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="852">
+      <x:c r="A852" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B852" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C852" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D852" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E852" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F852" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G852" t="inlineStr">
+        <x:is>
+          <x:t>76.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H852" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I852" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J852" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="853">
+      <x:c r="A853" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B853" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C853" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D853" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E853" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F853" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G853" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H853" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I853" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J853" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="854">
+      <x:c r="A854" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B854" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C854" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D854" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E854" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F854" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G854" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H854" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I854" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J854" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="855">
+      <x:c r="A855" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B855" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C855" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D855" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E855" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F855" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G855" t="inlineStr">
+        <x:is>
+          <x:t>62.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H855" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I855" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J855" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="856">
+      <x:c r="A856" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B856" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C856" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D856" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E856" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F856" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G856" t="inlineStr">
+        <x:is>
+          <x:t>59.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H856" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I856" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J856" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="857">
+      <x:c r="A857" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B857" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C857" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D857" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E857" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F857" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G857" t="inlineStr">
+        <x:is>
+          <x:t>57</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H857" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I857" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J857" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="858">
+      <x:c r="A858" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B858" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C858" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D858" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E858" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F858" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G858" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H858" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I858" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J858" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="859">
+      <x:c r="A859" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B859" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C859" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D859" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E859" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F859" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G859" t="inlineStr">
+        <x:is>
+          <x:t>54.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H859" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I859" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J859" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="860">
+      <x:c r="A860" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B860" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C860" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D860" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E860" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F860" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G860" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H860" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I860" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J860" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="861">
+      <x:c r="A861" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B861" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C861" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D861" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E861" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F861" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G861" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H861" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I861" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J861" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="862">
+      <x:c r="A862" t="inlineStr">
+        <x:is>
+          <x:t>07/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B862" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C862" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D862" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E862" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F862" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G862" t="inlineStr">
+        <x:is>
+          <x:t>57.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H862" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I862" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J862" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="863">
+      <x:c r="A863" t="inlineStr">
+        <x:is>
+          <x:t>08/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B863" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C863" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D863" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E863" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F863" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G863" t="inlineStr">
+        <x:is>
+          <x:t>59</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H863" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I863" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J863" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="864">
+      <x:c r="A864" t="inlineStr">
+        <x:is>
+          <x:t>08/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B864" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C864" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D864" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E864" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F864" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G864" t="inlineStr">
+        <x:is>
+          <x:t>57.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H864" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I864" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J864" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="865">
+      <x:c r="A865" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B865" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C865" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D865" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E865" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F865" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G865" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H865" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I865" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J865" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="866">
+      <x:c r="A866" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B866" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C866" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D866" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E866" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F866" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G866" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H866" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I866" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J866" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="867">
+      <x:c r="A867" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B867" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C867" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D867" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E867" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F867" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G867" t="inlineStr">
+        <x:is>
+          <x:t>68.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H867" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I867" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J867" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="868">
+      <x:c r="A868" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B868" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C868" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D868" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E868" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F868" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G868" t="inlineStr">
+        <x:is>
+          <x:t>67.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H868" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I868" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J868" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="869">
+      <x:c r="A869" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B869" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C869" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D869" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E869" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F869" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G869" t="inlineStr">
+        <x:is>
+          <x:t>67.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H869" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I869" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J869" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="870">
+      <x:c r="A870" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B870" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C870" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D870" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E870" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F870" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G870" t="inlineStr">
+        <x:is>
+          <x:t>67.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H870" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I870" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J870" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="871">
+      <x:c r="A871" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B871" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C871" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D871" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E871" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F871" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G871" t="inlineStr">
+        <x:is>
+          <x:t>65.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H871" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I871" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J871" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="872">
+      <x:c r="A872" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B872" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C872" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D872" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E872" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F872" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G872" t="inlineStr">
+        <x:is>
+          <x:t>65.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H872" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I872" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J872" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="873">
+      <x:c r="A873" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B873" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C873" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D873" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E873" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F873" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G873" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H873" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I873" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J873" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="874">
+      <x:c r="A874" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B874" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C874" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D874" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E874" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F874" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G874" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H874" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I874" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J874" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="875">
+      <x:c r="A875" t="inlineStr">
+        <x:is>
+          <x:t>09/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B875" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C875" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D875" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E875" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F875" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G875" t="inlineStr">
+        <x:is>
+          <x:t>66.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H875" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I875" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J875" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>