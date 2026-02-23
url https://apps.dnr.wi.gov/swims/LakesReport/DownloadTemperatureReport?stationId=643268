--- v1 (2025-12-22)
+++ v2 (2026-02-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98ef262ed9ff4b2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6a761d7689d4c09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbcec62c931b0447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Raab361bc7231468b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbcec62c931b0447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raab361bc7231468b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>