--- v0 (2025-10-11)
+++ v1 (2026-02-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6675d0ce591b4574" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86acab6d744345a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb65692945bdc47a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R670867a9036a444a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb65692945bdc47a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R670867a9036a444a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -10143,28 +10143,2160 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G195" t="inlineStr">
         <x:is>
           <x:t>19.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H195" t="inlineStr">
         <x:is>
           <x:t>1.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I195" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J195" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="196">
+      <x:c r="A196" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B196" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C196" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D196" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E196" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F196" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G196" t="inlineStr">
+        <x:is>
+          <x:t>77</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H196" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I196" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J196" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="197">
+      <x:c r="A197" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B197" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C197" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D197" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E197" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F197" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G197" t="inlineStr">
+        <x:is>
+          <x:t>76.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H197" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I197" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J197" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="198">
+      <x:c r="A198" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B198" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C198" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D198" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E198" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F198" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G198" t="inlineStr">
+        <x:is>
+          <x:t>76.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H198" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I198" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J198" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="199">
+      <x:c r="A199" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B199" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C199" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D199" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E199" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F199" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G199" t="inlineStr">
+        <x:is>
+          <x:t>75.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H199" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I199" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J199" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="200">
+      <x:c r="A200" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B200" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C200" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D200" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E200" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F200" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G200" t="inlineStr">
+        <x:is>
+          <x:t>74.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H200" t="inlineStr">
+        <x:is>
+          <x:t>8.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I200" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J200" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="201">
+      <x:c r="A201" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B201" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C201" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D201" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E201" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F201" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G201" t="inlineStr">
+        <x:is>
+          <x:t>73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H201" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I201" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J201" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="202">
+      <x:c r="A202" t="inlineStr">
+        <x:is>
+          <x:t>08/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B202" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C202" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D202" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E202" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G202" t="inlineStr">
+        <x:is>
+          <x:t>71.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H202" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I202" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J202" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="203">
+      <x:c r="A203" t="inlineStr">
+        <x:is>
+          <x:t>09/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B203" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C203" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D203" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E203" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G203" t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H203" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I203" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J203" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="204">
+      <x:c r="A204" t="inlineStr">
+        <x:is>
+          <x:t>09/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B204" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C204" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D204" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E204" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F204" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G204" t="inlineStr">
+        <x:is>
+          <x:t>62.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H204" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I204" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J204" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="205">
+      <x:c r="A205" t="inlineStr">
+        <x:is>
+          <x:t>09/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B205" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C205" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D205" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E205" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F205" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G205" t="inlineStr">
+        <x:is>
+          <x:t>62.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H205" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I205" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J205" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="206">
+      <x:c r="A206" t="inlineStr">
+        <x:is>
+          <x:t>09/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B206" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C206" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D206" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E206" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F206" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G206" t="inlineStr">
+        <x:is>
+          <x:t>62.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H206" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I206" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J206" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="207">
+      <x:c r="A207" t="inlineStr">
+        <x:is>
+          <x:t>09/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B207" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C207" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D207" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E207" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F207" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G207" t="inlineStr">
+        <x:is>
+          <x:t>62.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H207" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I207" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J207" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="208">
+      <x:c r="A208" t="inlineStr">
+        <x:is>
+          <x:t>09/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B208" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C208" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D208" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E208" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G208" t="inlineStr">
+        <x:is>
+          <x:t>62.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H208" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I208" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J208" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="209">
+      <x:c r="A209" t="inlineStr">
+        <x:is>
+          <x:t>09/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B209" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C209" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D209" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E209" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G209" t="inlineStr">
+        <x:is>
+          <x:t>62.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H209" t="inlineStr">
+        <x:is>
+          <x:t>8.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I209" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J209" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="210">
+      <x:c r="A210" t="inlineStr">
+        <x:is>
+          <x:t>09/08/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B210" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C210" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D210" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E210" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G210" t="inlineStr">
+        <x:is>
+          <x:t>62.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H210" t="inlineStr">
+        <x:is>
+          <x:t>.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I210" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J210" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="211">
+      <x:c r="A211" t="inlineStr">
+        <x:is>
+          <x:t>09/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B211" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C211" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D211" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E211" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G211" t="inlineStr">
+        <x:is>
+          <x:t>67.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H211" t="inlineStr">
+        <x:is>
+          <x:t>9.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I211" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J211" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="212">
+      <x:c r="A212" t="inlineStr">
+        <x:is>
+          <x:t>09/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B212" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C212" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D212" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E212" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G212" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H212" t="inlineStr">
+        <x:is>
+          <x:t>9.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I212" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J212" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="213">
+      <x:c r="A213" t="inlineStr">
+        <x:is>
+          <x:t>09/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B213" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C213" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D213" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E213" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G213" t="inlineStr">
+        <x:is>
+          <x:t>66.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H213" t="inlineStr">
+        <x:is>
+          <x:t>9.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I213" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J213" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="214">
+      <x:c r="A214" t="inlineStr">
+        <x:is>
+          <x:t>09/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B214" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C214" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D214" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E214" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G214" t="inlineStr">
+        <x:is>
+          <x:t>66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H214" t="inlineStr">
+        <x:is>
+          <x:t>9.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I214" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J214" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="215">
+      <x:c r="A215" t="inlineStr">
+        <x:is>
+          <x:t>09/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B215" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C215" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D215" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E215" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G215" t="inlineStr">
+        <x:is>
+          <x:t>65.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H215" t="inlineStr">
+        <x:is>
+          <x:t>8.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I215" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J215" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c r="A216" t="inlineStr">
+        <x:is>
+          <x:t>09/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B216" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C216" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D216" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E216" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G216" t="inlineStr">
+        <x:is>
+          <x:t>63.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H216" t="inlineStr">
+        <x:is>
+          <x:t>7.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I216" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J216" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="217">
+      <x:c r="A217" t="inlineStr">
+        <x:is>
+          <x:t>09/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B217" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C217" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D217" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E217" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G217" t="inlineStr">
+        <x:is>
+          <x:t>63</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H217" t="inlineStr">
+        <x:is>
+          <x:t>5.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I217" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J217" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="218">
+      <x:c r="A218" t="inlineStr">
+        <x:is>
+          <x:t>09/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B218" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C218" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D218" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E218" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G218" t="inlineStr">
+        <x:is>
+          <x:t>62.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H218" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I218" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J218" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c r="A219" t="inlineStr">
+        <x:is>
+          <x:t>10/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B219" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C219" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D219" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E219" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G219" t="inlineStr">
+        <x:is>
+          <x:t>65.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H219" t="inlineStr">
+        <x:is>
+          <x:t>9.37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I219" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J219" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="220">
+      <x:c r="A220" t="inlineStr">
+        <x:is>
+          <x:t>10/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B220" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C220" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D220" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E220" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G220" t="inlineStr">
+        <x:is>
+          <x:t>65.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H220" t="inlineStr">
+        <x:is>
+          <x:t>9.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I220" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J220" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="221">
+      <x:c r="A221" t="inlineStr">
+        <x:is>
+          <x:t>10/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B221" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C221" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D221" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E221" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G221" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H221" t="inlineStr">
+        <x:is>
+          <x:t>9.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I221" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J221" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="222">
+      <x:c r="A222" t="inlineStr">
+        <x:is>
+          <x:t>10/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B222" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C222" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D222" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E222" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F222" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G222" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H222" t="inlineStr">
+        <x:is>
+          <x:t>8.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I222" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J222" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="223">
+      <x:c r="A223" t="inlineStr">
+        <x:is>
+          <x:t>10/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B223" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C223" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D223" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E223" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G223" t="inlineStr">
+        <x:is>
+          <x:t>63.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H223" t="inlineStr">
+        <x:is>
+          <x:t>8.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I223" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J223" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="224">
+      <x:c r="A224" t="inlineStr">
+        <x:is>
+          <x:t>10/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B224" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C224" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D224" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E224" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G224" t="inlineStr">
+        <x:is>
+          <x:t>63.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H224" t="inlineStr">
+        <x:is>
+          <x:t>4.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I224" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J224" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="225">
+      <x:c r="A225" t="inlineStr">
+        <x:is>
+          <x:t>10/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B225" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C225" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D225" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E225" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F225" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G225" t="inlineStr">
+        <x:is>
+          <x:t>63.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H225" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I225" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J225" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="226">
+      <x:c r="A226" t="inlineStr">
+        <x:is>
+          <x:t>10/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B226" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C226" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D226" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E226" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F226" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G226" t="inlineStr">
+        <x:is>
+          <x:t>62.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H226" t="inlineStr">
+        <x:is>
+          <x:t>1.32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I226" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J226" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="227">
+      <x:c r="A227" t="inlineStr">
+        <x:is>
+          <x:t>10/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B227" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C227" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D227" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E227" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F227" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G227" t="inlineStr">
+        <x:is>
+          <x:t>62.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H227" t="inlineStr">
+        <x:is>
+          <x:t>1.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I227" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J227" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="228">
+      <x:c r="A228" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B228" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C228" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D228" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E228" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G228" t="inlineStr">
+        <x:is>
+          <x:t>52.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H228" t="inlineStr">
+        <x:is>
+          <x:t>9.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I228" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J228" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="229">
+      <x:c r="A229" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B229" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C229" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D229" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E229" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F229" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G229" t="inlineStr">
+        <x:is>
+          <x:t>52.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H229" t="inlineStr">
+        <x:is>
+          <x:t>9.69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I229" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J229" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="230">
+      <x:c r="A230" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B230" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C230" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D230" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E230" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G230" t="inlineStr">
+        <x:is>
+          <x:t>51.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H230" t="inlineStr">
+        <x:is>
+          <x:t>9.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I230" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J230" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="231">
+      <x:c r="A231" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B231" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C231" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D231" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E231" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F231" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G231" t="inlineStr">
+        <x:is>
+          <x:t>51.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H231" t="inlineStr">
+        <x:is>
+          <x:t>9.27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I231" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J231" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="232">
+      <x:c r="A232" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B232" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C232" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D232" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E232" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F232" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G232" t="inlineStr">
+        <x:is>
+          <x:t>51.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H232" t="inlineStr">
+        <x:is>
+          <x:t>8.74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I232" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J232" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="233">
+      <x:c r="A233" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B233" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C233" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D233" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E233" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F233" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G233" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H233" t="inlineStr">
+        <x:is>
+          <x:t>8.66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I233" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J233" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="234">
+      <x:c r="A234" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B234" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C234" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D234" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E234" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F234" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G234" t="inlineStr">
+        <x:is>
+          <x:t>50.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H234" t="inlineStr">
+        <x:is>
+          <x:t>8.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I234" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J234" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="235">
+      <x:c r="A235" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B235" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C235" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D235" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E235" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G235" t="inlineStr">
+        <x:is>
+          <x:t>50.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H235" t="inlineStr">
+        <x:is>
+          <x:t>8.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I235" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J235" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="236">
+      <x:c r="A236" t="inlineStr">
+        <x:is>
+          <x:t>10/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B236" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C236" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D236" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E236" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G236" t="inlineStr">
+        <x:is>
+          <x:t>51.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H236" t="inlineStr">
+        <x:is>
+          <x:t>.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I236" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J236" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>