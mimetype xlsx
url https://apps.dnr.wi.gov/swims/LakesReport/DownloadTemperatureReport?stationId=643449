--- v0 (2025-10-08)
+++ v1 (2026-02-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aa9d9c27e574d95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R739938275db449a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ref552532182b412e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcaf8a1ccc43944f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref552532182b412e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcaf8a1ccc43944f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -7023,28 +7023,340 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G135" t="inlineStr">
         <x:is>
           <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="H135" t="inlineStr">
         <x:is>
           <x:t>0.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I135" t="inlineStr">
         <x:is>
           <x:t>C</x:t>
         </x:is>
       </x:c>
       <x:c r="J135" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="136">
+      <x:c r="A136" t="inlineStr">
+        <x:is>
+          <x:t>06/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B136" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C136" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D136" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E136" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G136" t="inlineStr">
+        <x:is>
+          <x:t>19.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I136" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J136" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="137">
+      <x:c r="A137" t="inlineStr">
+        <x:is>
+          <x:t>06/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B137" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C137" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D137" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E137" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G137" t="inlineStr">
+        <x:is>
+          <x:t>20.55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I137" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J137" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="138">
+      <x:c r="A138" t="inlineStr">
+        <x:is>
+          <x:t>06/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B138" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C138" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D138" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E138" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G138" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I138" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J138" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="139">
+      <x:c r="A139" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B139" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C139" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D139" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E139" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G139" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I139" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J139" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="140">
+      <x:c r="A140" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B140" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C140" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D140" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E140" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G140" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I140" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J140" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="141">
+      <x:c r="A141" t="inlineStr">
+        <x:is>
+          <x:t>07/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B141" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C141" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D141" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E141" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G141" t="inlineStr">
+        <x:is>
+          <x:t>26.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I141" t="inlineStr">
+        <x:is>
+          <x:t>C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>