--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R739938275db449a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd39cd4027fe74d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcaf8a1ccc43944f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R88c7c456c1c6431f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcaf8a1ccc43944f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R88c7c456c1c6431f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>