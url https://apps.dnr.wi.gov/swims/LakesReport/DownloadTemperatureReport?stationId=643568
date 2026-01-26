--- v0 (2025-10-16)
+++ v1 (2026-01-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68d37c4bc8b47f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07817cdb59c94a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6db3ae95628a47da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R04b1ed813d2f486f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6db3ae95628a47da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R04b1ed813d2f486f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -887,28 +887,704 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G17" t="inlineStr">
         <x:is>
           <x:t>71.9</x:t>
         </x:is>
       </x:c>
       <x:c r="H17" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I17" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J17" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="18">
+      <x:c r="A18" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B18" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C18" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D18" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E18" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G18" t="inlineStr">
+        <x:is>
+          <x:t>76.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I18" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B19" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C19" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D19" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E19" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G19" t="inlineStr">
+        <x:is>
+          <x:t>75.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I19" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="20">
+      <x:c r="A20" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B20" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C20" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D20" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E20" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G20" t="inlineStr">
+        <x:is>
+          <x:t>72.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I20" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J20" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="21">
+      <x:c r="A21" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B21" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C21" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D21" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E21" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G21" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I21" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J21" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="22">
+      <x:c r="A22" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B22" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C22" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D22" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E22" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G22" t="inlineStr">
+        <x:is>
+          <x:t>71.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I22" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J22" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="23">
+      <x:c r="A23" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B23" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C23" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D23" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E23" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G23" t="inlineStr">
+        <x:is>
+          <x:t>80.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I23" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J23" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c r="A24" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B24" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C24" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D24" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E24" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G24" t="inlineStr">
+        <x:is>
+          <x:t>80.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I24" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J24" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="25">
+      <x:c r="A25" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B25" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C25" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D25" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E25" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G25" t="inlineStr">
+        <x:is>
+          <x:t>80.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I25" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J25" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="26">
+      <x:c r="A26" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B26" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C26" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D26" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E26" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G26" t="inlineStr">
+        <x:is>
+          <x:t>80</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I26" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J26" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="27">
+      <x:c r="A27" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B27" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C27" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D27" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E27" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G27" t="inlineStr">
+        <x:is>
+          <x:t>69.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I27" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J27" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="28">
+      <x:c r="A28" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B28" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C28" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D28" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E28" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G28" t="inlineStr">
+        <x:is>
+          <x:t>68.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I28" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J28" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="29">
+      <x:c r="A29" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B29" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C29" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D29" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E29" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G29" t="inlineStr">
+        <x:is>
+          <x:t>67.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I29" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J29" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="30">
+      <x:c r="A30" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B30" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C30" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D30" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E30" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G30" t="inlineStr">
+        <x:is>
+          <x:t>67.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I30" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J30" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>