--- v1 (2026-01-26)
+++ v2 (2026-03-17)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07817cdb59c94a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R466a436875d04c3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R04b1ed813d2f486f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re7d982d39f344d2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R04b1ed813d2f486f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re7d982d39f344d2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>