--- v0 (2025-10-08)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431fc445a6834919" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0115e361f2fd45cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6cc74aba11c34775"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra58400f190304050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6cc74aba11c34775" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra58400f190304050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>