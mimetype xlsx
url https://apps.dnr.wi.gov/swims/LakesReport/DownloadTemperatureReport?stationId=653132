--- v1 (2025-12-26)
+++ v2 (2026-02-10)
@@ -1,914 +1,914 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0115e361f2fd45cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf378a3853a9042ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra58400f190304050"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R948058073ad040ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra58400f190304050" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R948058073ad040ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Startday</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startyear</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Amt</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D1" t="inlineStr">
+        <x:is>
+          <x:t>Result Depth Unit</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E1" t="inlineStr">
+        <x:is>
+          <x:t>Temperature</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F1" t="inlineStr">
+        <x:is>
+          <x:t>Dissox</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G1" t="inlineStr">
+        <x:is>
+          <x:t>Temperature Units</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H1" t="inlineStr">
+        <x:is>
+          <x:t>Dissox Units</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I1" t="inlineStr">
+        <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="J1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
-        </x:is>
-[...38 lines deleted...]
-          <x:t>Dissox Units</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B2" t="inlineStr">
+        <x:is>
+          <x:t>1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E2" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F2" t="inlineStr">
+        <x:is>
+          <x:t>4.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G2" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H2" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I2" t="inlineStr">
+        <x:is>
           <x:t>07/27/1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="B2" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J2" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B3" t="inlineStr">
+        <x:is>
+          <x:t>1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C3" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E3" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F3" t="inlineStr">
+        <x:is>
+          <x:t>4.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G3" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H3" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I3" t="inlineStr">
+        <x:is>
           <x:t>07/27/1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="B3" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J3" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B4" t="inlineStr">
+        <x:is>
+          <x:t>1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E4" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t>4.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H4" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I4" t="inlineStr">
+        <x:is>
           <x:t>07/27/1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="B4" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J4" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B5" t="inlineStr">
+        <x:is>
+          <x:t>1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E5" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t>4.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H5" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I5" t="inlineStr">
+        <x:is>
           <x:t>07/27/1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="B5" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J5" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B6" t="inlineStr">
+        <x:is>
+          <x:t>1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C6" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E6" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F6" t="inlineStr">
+        <x:is>
+          <x:t>1.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G6" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H6" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I6" t="inlineStr">
+        <x:is>
           <x:t>07/27/1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="B6" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J6" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B7" t="inlineStr">
+        <x:is>
+          <x:t>1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C7" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E7" t="inlineStr">
+        <x:is>
+          <x:t>23.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F7" t="inlineStr">
+        <x:is>
+          <x:t>2.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G7" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H7" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I7" t="inlineStr">
+        <x:is>
           <x:t>07/27/1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="B7" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J7" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B8" t="inlineStr">
+        <x:is>
+          <x:t>1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C8" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E8" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F8" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G8" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H8" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I8" t="inlineStr">
+        <x:is>
           <x:t>07/27/1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="B8" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J8" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B9" t="inlineStr">
+        <x:is>
+          <x:t>1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C9" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E9" t="inlineStr">
+        <x:is>
+          <x:t>22.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F9" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G9" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H9" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I9" t="inlineStr">
+        <x:is>
           <x:t>07/27/1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="B9" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J9" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B10" t="inlineStr">
+        <x:is>
+          <x:t>1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C10" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E10" t="inlineStr">
+        <x:is>
+          <x:t>21.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F10" t="inlineStr">
+        <x:is>
+          <x:t>2.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G10" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H10" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I10" t="inlineStr">
+        <x:is>
           <x:t>07/27/1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="B10" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J10" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B11" t="inlineStr">
+        <x:is>
+          <x:t>1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E11" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H11" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I11" t="inlineStr">
+        <x:is>
           <x:t>07/27/1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="B11" t="inlineStr">
-[...38 lines deleted...]
-      </x:c>
       <x:c r="J11" t="inlineStr">
         <x:is>
-          <x:t>MG/L</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B12" t="inlineStr">
+        <x:is>
+          <x:t>1980</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C12" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E12" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F12" t="inlineStr">
+        <x:is>
+          <x:t>12.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G12" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H12" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I12" t="inlineStr">
+        <x:is>
           <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="B12" t="inlineStr">
+      <x:c r="J12" t="inlineStr">
         <x:is>
           <x:t>02</x:t>
-        </x:is>
-[...38 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B13" t="inlineStr">
+        <x:is>
+          <x:t>1980</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C13" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E13" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F13" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G13" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H13" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I13" t="inlineStr">
+        <x:is>
           <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="B13" t="inlineStr">
+      <x:c r="J13" t="inlineStr">
         <x:is>
           <x:t>02</x:t>
-        </x:is>
-[...38 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B14" t="inlineStr">
+        <x:is>
+          <x:t>1980</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C14" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E14" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F14" t="inlineStr">
+        <x:is>
+          <x:t>11.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G14" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H14" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I14" t="inlineStr">
+        <x:is>
           <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="B14" t="inlineStr">
+      <x:c r="J14" t="inlineStr">
         <x:is>
           <x:t>02</x:t>
-        </x:is>
-[...38 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B15" t="inlineStr">
+        <x:is>
+          <x:t>1980</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C15" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E15" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F15" t="inlineStr">
+        <x:is>
+          <x:t>11.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G15" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H15" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I15" t="inlineStr">
+        <x:is>
           <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="B15" t="inlineStr">
+      <x:c r="J15" t="inlineStr">
         <x:is>
           <x:t>02</x:t>
-        </x:is>
-[...38 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B16" t="inlineStr">
+        <x:is>
+          <x:t>1980</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C16" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E16" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F16" t="inlineStr">
+        <x:is>
+          <x:t>10.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G16" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H16" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I16" t="inlineStr">
+        <x:is>
           <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="B16" t="inlineStr">
+      <x:c r="J16" t="inlineStr">
         <x:is>
           <x:t>02</x:t>
-        </x:is>
-[...38 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="inlineStr">
         <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B17" t="inlineStr">
+        <x:is>
+          <x:t>1980</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C17" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="E17" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F17" t="inlineStr">
+        <x:is>
+          <x:t>3.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G17" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H17" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I17" t="inlineStr">
+        <x:is>
           <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="B17" t="inlineStr">
+      <x:c r="J17" t="inlineStr">
         <x:is>
           <x:t>02</x:t>
-        </x:is>
-[...38 lines deleted...]
-          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>