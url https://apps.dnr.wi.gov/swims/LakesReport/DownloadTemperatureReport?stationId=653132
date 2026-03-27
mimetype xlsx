--- v2 (2026-02-10)
+++ v3 (2026-03-27)
@@ -1,914 +1,914 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf378a3853a9042ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1cf981b7cb3460e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R948058073ad040ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdd3c68c799614f99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R948058073ad040ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdd3c68c799614f99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
+          <x:t>Startdate</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B1" t="inlineStr">
+        <x:is>
+          <x:t>Startmonth</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C1" t="inlineStr">
+        <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
-      <x:c r="B1" t="inlineStr">
+      <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
       </x:c>
-      <x:c r="C1" t="inlineStr">
+      <x:c r="E1" t="inlineStr">
         <x:is>
           <x:t>Result Depth Amt</x:t>
         </x:is>
       </x:c>
-      <x:c r="D1" t="inlineStr">
+      <x:c r="F1" t="inlineStr">
         <x:is>
           <x:t>Result Depth Unit</x:t>
         </x:is>
       </x:c>
-      <x:c r="E1" t="inlineStr">
+      <x:c r="G1" t="inlineStr">
         <x:is>
           <x:t>Temperature</x:t>
         </x:is>
       </x:c>
-      <x:c r="F1" t="inlineStr">
+      <x:c r="H1" t="inlineStr">
         <x:is>
           <x:t>Dissox</x:t>
         </x:is>
       </x:c>
-      <x:c r="G1" t="inlineStr">
+      <x:c r="I1" t="inlineStr">
         <x:is>
           <x:t>Temperature Units</x:t>
         </x:is>
       </x:c>
-      <x:c r="H1" t="inlineStr">
+      <x:c r="J1" t="inlineStr">
         <x:is>
           <x:t>Dissox Units</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="inlineStr">
         <x:is>
+          <x:t>07/27/1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B2" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C2" t="inlineStr">
+        <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="B2" t="inlineStr">
+      <x:c r="D2" t="inlineStr">
         <x:is>
           <x:t>1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="C2" t="inlineStr">
+      <x:c r="E2" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="D2" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E2" t="inlineStr">
+      <x:c r="F2" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G2" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="F2" t="inlineStr">
+      <x:c r="H2" t="inlineStr">
         <x:is>
           <x:t>4.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="G2" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I2" t="inlineStr">
         <x:is>
-          <x:t>07/27/1978</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J2" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="inlineStr">
         <x:is>
+          <x:t>07/27/1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B3" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C3" t="inlineStr">
+        <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="B3" t="inlineStr">
+      <x:c r="D3" t="inlineStr">
         <x:is>
           <x:t>1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="C3" t="inlineStr">
+      <x:c r="E3" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="D3" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E3" t="inlineStr">
+      <x:c r="F3" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G3" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="F3" t="inlineStr">
+      <x:c r="H3" t="inlineStr">
         <x:is>
           <x:t>4.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G3" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I3" t="inlineStr">
         <x:is>
-          <x:t>07/27/1978</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J3" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="inlineStr">
         <x:is>
+          <x:t>07/27/1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B4" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C4" t="inlineStr">
+        <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="B4" t="inlineStr">
+      <x:c r="D4" t="inlineStr">
         <x:is>
           <x:t>1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="C4" t="inlineStr">
+      <x:c r="E4" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="D4" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E4" t="inlineStr">
+      <x:c r="F4" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G4" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="F4" t="inlineStr">
+      <x:c r="H4" t="inlineStr">
         <x:is>
           <x:t>4.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="G4" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I4" t="inlineStr">
         <x:is>
-          <x:t>07/27/1978</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J4" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="inlineStr">
         <x:is>
+          <x:t>07/27/1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B5" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C5" t="inlineStr">
+        <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="B5" t="inlineStr">
+      <x:c r="D5" t="inlineStr">
         <x:is>
           <x:t>1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="C5" t="inlineStr">
+      <x:c r="E5" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="D5" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E5" t="inlineStr">
+      <x:c r="F5" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G5" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="F5" t="inlineStr">
+      <x:c r="H5" t="inlineStr">
         <x:is>
           <x:t>4.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="G5" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I5" t="inlineStr">
         <x:is>
-          <x:t>07/27/1978</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J5" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="inlineStr">
         <x:is>
+          <x:t>07/27/1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B6" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C6" t="inlineStr">
+        <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="B6" t="inlineStr">
+      <x:c r="D6" t="inlineStr">
         <x:is>
           <x:t>1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="C6" t="inlineStr">
+      <x:c r="E6" t="inlineStr">
         <x:is>
           <x:t>7</x:t>
         </x:is>
       </x:c>
-      <x:c r="D6" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E6" t="inlineStr">
+      <x:c r="F6" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G6" t="inlineStr">
         <x:is>
           <x:t>24</x:t>
         </x:is>
       </x:c>
-      <x:c r="F6" t="inlineStr">
+      <x:c r="H6" t="inlineStr">
         <x:is>
           <x:t>1.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="G6" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I6" t="inlineStr">
         <x:is>
-          <x:t>07/27/1978</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J6" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="inlineStr">
         <x:is>
+          <x:t>07/27/1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B7" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C7" t="inlineStr">
+        <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="B7" t="inlineStr">
+      <x:c r="D7" t="inlineStr">
         <x:is>
           <x:t>1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="C7" t="inlineStr">
+      <x:c r="E7" t="inlineStr">
         <x:is>
           <x:t>8</x:t>
         </x:is>
       </x:c>
-      <x:c r="D7" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E7" t="inlineStr">
+      <x:c r="F7" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G7" t="inlineStr">
         <x:is>
           <x:t>23.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="F7" t="inlineStr">
+      <x:c r="H7" t="inlineStr">
         <x:is>
           <x:t>2.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="G7" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I7" t="inlineStr">
         <x:is>
-          <x:t>07/27/1978</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J7" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="inlineStr">
         <x:is>
+          <x:t>07/27/1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B8" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C8" t="inlineStr">
+        <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="B8" t="inlineStr">
+      <x:c r="D8" t="inlineStr">
         <x:is>
           <x:t>1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="C8" t="inlineStr">
+      <x:c r="E8" t="inlineStr">
         <x:is>
           <x:t>9</x:t>
         </x:is>
       </x:c>
-      <x:c r="D8" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E8" t="inlineStr">
+      <x:c r="F8" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G8" t="inlineStr">
         <x:is>
           <x:t>23</x:t>
         </x:is>
       </x:c>
-      <x:c r="F8" t="inlineStr">
+      <x:c r="H8" t="inlineStr">
         <x:is>
           <x:t>2.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="G8" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I8" t="inlineStr">
         <x:is>
-          <x:t>07/27/1978</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J8" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="inlineStr">
         <x:is>
+          <x:t>07/27/1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B9" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C9" t="inlineStr">
+        <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="B9" t="inlineStr">
+      <x:c r="D9" t="inlineStr">
         <x:is>
           <x:t>1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="C9" t="inlineStr">
+      <x:c r="E9" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="D9" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E9" t="inlineStr">
+      <x:c r="F9" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G9" t="inlineStr">
         <x:is>
           <x:t>22.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="F9" t="inlineStr">
+      <x:c r="H9" t="inlineStr">
         <x:is>
           <x:t>2.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="G9" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I9" t="inlineStr">
         <x:is>
-          <x:t>07/27/1978</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J9" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="inlineStr">
         <x:is>
+          <x:t>07/27/1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B10" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C10" t="inlineStr">
+        <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="B10" t="inlineStr">
+      <x:c r="D10" t="inlineStr">
         <x:is>
           <x:t>1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="C10" t="inlineStr">
+      <x:c r="E10" t="inlineStr">
         <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
-      <x:c r="D10" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E10" t="inlineStr">
+      <x:c r="F10" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G10" t="inlineStr">
         <x:is>
           <x:t>21.5</x:t>
         </x:is>
       </x:c>
-      <x:c r="F10" t="inlineStr">
+      <x:c r="H10" t="inlineStr">
         <x:is>
           <x:t>2.1</x:t>
         </x:is>
       </x:c>
-      <x:c r="G10" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I10" t="inlineStr">
         <x:is>
-          <x:t>07/27/1978</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J10" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="inlineStr">
         <x:is>
+          <x:t>07/27/1978</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B11" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C11" t="inlineStr">
+        <x:is>
           <x:t>27</x:t>
         </x:is>
       </x:c>
-      <x:c r="B11" t="inlineStr">
+      <x:c r="D11" t="inlineStr">
         <x:is>
           <x:t>1978</x:t>
         </x:is>
       </x:c>
-      <x:c r="C11" t="inlineStr">
+      <x:c r="E11" t="inlineStr">
         <x:is>
           <x:t>12</x:t>
         </x:is>
       </x:c>
-      <x:c r="D11" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E11" t="inlineStr">
+      <x:c r="F11" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G11" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
         </x:is>
       </x:c>
-      <x:c r="F11" t="inlineStr">
+      <x:c r="H11" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="G11" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I11" t="inlineStr">
         <x:is>
-          <x:t>07/27/1978</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J11" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
       <x:c r="B12" t="inlineStr">
         <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C12" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D12" t="inlineStr">
+        <x:is>
           <x:t>1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="C12" t="inlineStr">
+      <x:c r="E12" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
-      <x:c r="D12" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E12" t="inlineStr">
+      <x:c r="F12" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G12" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="F12" t="inlineStr">
+      <x:c r="H12" t="inlineStr">
         <x:is>
           <x:t>12.4</x:t>
         </x:is>
       </x:c>
-      <x:c r="G12" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I12" t="inlineStr">
         <x:is>
-          <x:t>02/07/1980</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J12" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
       <x:c r="B13" t="inlineStr">
         <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C13" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D13" t="inlineStr">
+        <x:is>
           <x:t>1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="C13" t="inlineStr">
+      <x:c r="E13" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="D13" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E13" t="inlineStr">
+      <x:c r="F13" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G13" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="F13" t="inlineStr">
+      <x:c r="H13" t="inlineStr">
         <x:is>
           <x:t>12</x:t>
         </x:is>
       </x:c>
-      <x:c r="G13" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I13" t="inlineStr">
         <x:is>
-          <x:t>02/07/1980</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J13" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
       <x:c r="B14" t="inlineStr">
         <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C14" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D14" t="inlineStr">
+        <x:is>
           <x:t>1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="C14" t="inlineStr">
+      <x:c r="E14" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="D14" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E14" t="inlineStr">
+      <x:c r="F14" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G14" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="F14" t="inlineStr">
+      <x:c r="H14" t="inlineStr">
         <x:is>
           <x:t>11.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="G14" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I14" t="inlineStr">
         <x:is>
-          <x:t>02/07/1980</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J14" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
       <x:c r="B15" t="inlineStr">
         <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C15" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D15" t="inlineStr">
+        <x:is>
           <x:t>1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="C15" t="inlineStr">
+      <x:c r="E15" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="D15" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E15" t="inlineStr">
+      <x:c r="F15" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G15" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="F15" t="inlineStr">
+      <x:c r="H15" t="inlineStr">
         <x:is>
           <x:t>11.6</x:t>
         </x:is>
       </x:c>
-      <x:c r="G15" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I15" t="inlineStr">
         <x:is>
-          <x:t>02/07/1980</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J15" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
       <x:c r="B16" t="inlineStr">
         <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C16" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D16" t="inlineStr">
+        <x:is>
           <x:t>1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="C16" t="inlineStr">
+      <x:c r="E16" t="inlineStr">
         <x:is>
           <x:t>8</x:t>
         </x:is>
       </x:c>
-      <x:c r="D16" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E16" t="inlineStr">
+      <x:c r="F16" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G16" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
-      <x:c r="F16" t="inlineStr">
+      <x:c r="H16" t="inlineStr">
         <x:is>
           <x:t>10.8</x:t>
         </x:is>
       </x:c>
-      <x:c r="G16" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I16" t="inlineStr">
         <x:is>
-          <x:t>02/07/1980</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J16" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>02/07/1980</x:t>
         </x:is>
       </x:c>
       <x:c r="B17" t="inlineStr">
         <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C17" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D17" t="inlineStr">
+        <x:is>
           <x:t>1980</x:t>
         </x:is>
       </x:c>
-      <x:c r="C17" t="inlineStr">
+      <x:c r="E17" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="D17" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="E17" t="inlineStr">
+      <x:c r="F17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G17" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="F17" t="inlineStr">
+      <x:c r="H17" t="inlineStr">
         <x:is>
           <x:t>3.7</x:t>
         </x:is>
       </x:c>
-      <x:c r="G17" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="I17" t="inlineStr">
         <x:is>
-          <x:t>02/07/1980</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J17" t="inlineStr">
         <x:is>
-          <x:t>02</x:t>
+          <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>