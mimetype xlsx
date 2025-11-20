--- v0 (2025-10-01)
+++ v1 (2025-11-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2d78c481fc48f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a027e7455f4a3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5cbcc4805c8e4d23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra4c3a79e34364610"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5cbcc4805c8e4d23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4c3a79e34364610" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>