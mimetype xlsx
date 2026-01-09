--- v1 (2025-11-20)
+++ v2 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a027e7455f4a3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551dc19221064685" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Ra4c3a79e34364610"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R84dbf505ac904c5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4c3a79e34364610" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84dbf505ac904c5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>