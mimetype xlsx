--- v2 (2026-01-09)
+++ v3 (2026-03-14)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551dc19221064685" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648223cb9c044dea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R84dbf505ac904c5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R57326b2703b24fd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84dbf505ac904c5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R57326b2703b24fd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -10455,28 +10455,2732 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G201" t="inlineStr">
         <x:is>
           <x:t>44.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H201" t="inlineStr">
         <x:is>
           <x:t>.09</x:t>
         </x:is>
       </x:c>
       <x:c r="I201" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J201" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="202">
+      <x:c r="A202" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B202" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C202" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D202" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E202" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G202" t="inlineStr">
+        <x:is>
+          <x:t>83.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H202" t="inlineStr">
+        <x:is>
+          <x:t>7.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I202" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J202" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="203">
+      <x:c r="A203" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B203" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C203" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D203" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E203" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G203" t="inlineStr">
+        <x:is>
+          <x:t>83.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H203" t="inlineStr">
+        <x:is>
+          <x:t>7.76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I203" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J203" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="204">
+      <x:c r="A204" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B204" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C204" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D204" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E204" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F204" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G204" t="inlineStr">
+        <x:is>
+          <x:t>83.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H204" t="inlineStr">
+        <x:is>
+          <x:t>7.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I204" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J204" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="205">
+      <x:c r="A205" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B205" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C205" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D205" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E205" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F205" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G205" t="inlineStr">
+        <x:is>
+          <x:t>82.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H205" t="inlineStr">
+        <x:is>
+          <x:t>8.08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I205" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J205" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="206">
+      <x:c r="A206" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B206" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C206" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D206" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E206" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F206" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G206" t="inlineStr">
+        <x:is>
+          <x:t>80</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H206" t="inlineStr">
+        <x:is>
+          <x:t>10.36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I206" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J206" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="207">
+      <x:c r="A207" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B207" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C207" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D207" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E207" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F207" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G207" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H207" t="inlineStr">
+        <x:is>
+          <x:t>12.84</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I207" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J207" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="208">
+      <x:c r="A208" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B208" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C208" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D208" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E208" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G208" t="inlineStr">
+        <x:is>
+          <x:t>64.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H208" t="inlineStr">
+        <x:is>
+          <x:t>12.93</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I208" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J208" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="209">
+      <x:c r="A209" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B209" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C209" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D209" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E209" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F209" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G209" t="inlineStr">
+        <x:is>
+          <x:t>59.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H209" t="inlineStr">
+        <x:is>
+          <x:t>13.64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I209" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J209" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="210">
+      <x:c r="A210" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B210" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C210" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D210" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E210" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F210" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G210" t="inlineStr">
+        <x:is>
+          <x:t>56.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H210" t="inlineStr">
+        <x:is>
+          <x:t>13.39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I210" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J210" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="211">
+      <x:c r="A211" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B211" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C211" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D211" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E211" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F211" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G211" t="inlineStr">
+        <x:is>
+          <x:t>52.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H211" t="inlineStr">
+        <x:is>
+          <x:t>12.34</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I211" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J211" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="212">
+      <x:c r="A212" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B212" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C212" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D212" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E212" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F212" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G212" t="inlineStr">
+        <x:is>
+          <x:t>50.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H212" t="inlineStr">
+        <x:is>
+          <x:t>10.78</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I212" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J212" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="213">
+      <x:c r="A213" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B213" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C213" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D213" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E213" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F213" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G213" t="inlineStr">
+        <x:is>
+          <x:t>48.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H213" t="inlineStr">
+        <x:is>
+          <x:t>10.08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I213" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J213" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="214">
+      <x:c r="A214" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B214" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C214" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D214" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E214" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F214" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G214" t="inlineStr">
+        <x:is>
+          <x:t>47.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H214" t="inlineStr">
+        <x:is>
+          <x:t>9.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I214" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J214" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="215">
+      <x:c r="A215" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B215" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C215" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D215" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E215" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F215" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G215" t="inlineStr">
+        <x:is>
+          <x:t>46.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H215" t="inlineStr">
+        <x:is>
+          <x:t>9.15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I215" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J215" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="216">
+      <x:c r="A216" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B216" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C216" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D216" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E216" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F216" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G216" t="inlineStr">
+        <x:is>
+          <x:t>46.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H216" t="inlineStr">
+        <x:is>
+          <x:t>6.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I216" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J216" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="217">
+      <x:c r="A217" t="inlineStr">
+        <x:is>
+          <x:t>06/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B217" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C217" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D217" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E217" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G217" t="inlineStr">
+        <x:is>
+          <x:t>45.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H217" t="inlineStr">
+        <x:is>
+          <x:t>2.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I217" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J217" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="218">
+      <x:c r="A218" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B218" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C218" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D218" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E218" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G218" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H218" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I218" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J218" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c r="A219" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B219" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C219" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D219" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E219" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G219" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H219" t="inlineStr">
+        <x:is>
+          <x:t>15.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I219" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J219" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="220">
+      <x:c r="A220" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B220" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C220" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D220" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E220" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G220" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H220" t="inlineStr">
+        <x:is>
+          <x:t>12.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I220" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J220" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="221">
+      <x:c r="A221" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B221" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C221" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D221" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E221" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G221" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H221" t="inlineStr">
+        <x:is>
+          <x:t>12.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I221" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J221" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="222">
+      <x:c r="A222" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B222" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C222" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D222" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E222" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F222" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G222" t="inlineStr">
+        <x:is>
+          <x:t>78.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H222" t="inlineStr">
+        <x:is>
+          <x:t>12.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I222" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J222" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="223">
+      <x:c r="A223" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B223" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C223" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D223" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E223" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G223" t="inlineStr">
+        <x:is>
+          <x:t>78.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H223" t="inlineStr">
+        <x:is>
+          <x:t>11.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I223" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J223" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="224">
+      <x:c r="A224" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B224" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C224" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D224" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E224" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G224" t="inlineStr">
+        <x:is>
+          <x:t>72.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H224" t="inlineStr">
+        <x:is>
+          <x:t>13.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I224" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J224" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="225">
+      <x:c r="A225" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B225" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C225" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D225" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E225" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F225" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G225" t="inlineStr">
+        <x:is>
+          <x:t>65.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H225" t="inlineStr">
+        <x:is>
+          <x:t>16.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I225" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J225" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="226">
+      <x:c r="A226" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B226" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C226" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D226" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E226" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F226" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G226" t="inlineStr">
+        <x:is>
+          <x:t>58</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H226" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I226" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J226" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="227">
+      <x:c r="A227" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B227" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C227" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D227" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E227" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F227" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G227" t="inlineStr">
+        <x:is>
+          <x:t>54.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H227" t="inlineStr">
+        <x:is>
+          <x:t>12.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I227" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J227" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="228">
+      <x:c r="A228" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B228" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C228" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D228" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E228" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G228" t="inlineStr">
+        <x:is>
+          <x:t>51.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H228" t="inlineStr">
+        <x:is>
+          <x:t>10.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I228" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J228" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="229">
+      <x:c r="A229" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B229" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C229" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D229" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E229" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F229" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G229" t="inlineStr">
+        <x:is>
+          <x:t>49.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H229" t="inlineStr">
+        <x:is>
+          <x:t>9.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I229" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J229" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="230">
+      <x:c r="A230" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B230" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C230" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D230" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E230" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G230" t="inlineStr">
+        <x:is>
+          <x:t>48.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H230" t="inlineStr">
+        <x:is>
+          <x:t>8.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I230" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J230" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="231">
+      <x:c r="A231" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B231" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C231" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D231" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E231" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F231" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G231" t="inlineStr">
+        <x:is>
+          <x:t>47.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H231" t="inlineStr">
+        <x:is>
+          <x:t>6.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I231" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J231" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="232">
+      <x:c r="A232" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B232" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C232" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D232" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E232" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F232" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G232" t="inlineStr">
+        <x:is>
+          <x:t>46.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H232" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I232" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J232" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="233">
+      <x:c r="A233" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B233" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C233" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D233" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E233" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F233" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G233" t="inlineStr">
+        <x:is>
+          <x:t>46.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H233" t="inlineStr">
+        <x:is>
+          <x:t>.95</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I233" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J233" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="234">
+      <x:c r="A234" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B234" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C234" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D234" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E234" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F234" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G234" t="inlineStr">
+        <x:is>
+          <x:t>45.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H234" t="inlineStr">
+        <x:is>
+          <x:t>.65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I234" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J234" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="235">
+      <x:c r="A235" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B235" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C235" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D235" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E235" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F235" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G235" t="inlineStr">
+        <x:is>
+          <x:t>45.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H235" t="inlineStr">
+        <x:is>
+          <x:t>.53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I235" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J235" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="236">
+      <x:c r="A236" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B236" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C236" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D236" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E236" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F236" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G236" t="inlineStr">
+        <x:is>
+          <x:t>72.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H236" t="inlineStr">
+        <x:is>
+          <x:t>9.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I236" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J236" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="237">
+      <x:c r="A237" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B237" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C237" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D237" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E237" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F237" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G237" t="inlineStr">
+        <x:is>
+          <x:t>72.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H237" t="inlineStr">
+        <x:is>
+          <x:t>9.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I237" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J237" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="238">
+      <x:c r="A238" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B238" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C238" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D238" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E238" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F238" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G238" t="inlineStr">
+        <x:is>
+          <x:t>72.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H238" t="inlineStr">
+        <x:is>
+          <x:t>9.07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I238" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J238" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="239">
+      <x:c r="A239" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B239" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C239" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D239" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E239" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F239" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G239" t="inlineStr">
+        <x:is>
+          <x:t>72.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H239" t="inlineStr">
+        <x:is>
+          <x:t>9.05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I239" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J239" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="240">
+      <x:c r="A240" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B240" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C240" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D240" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E240" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F240" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G240" t="inlineStr">
+        <x:is>
+          <x:t>72.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H240" t="inlineStr">
+        <x:is>
+          <x:t>9.45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I240" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J240" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="241">
+      <x:c r="A241" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B241" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C241" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D241" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E241" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F241" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G241" t="inlineStr">
+        <x:is>
+          <x:t>70.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H241" t="inlineStr">
+        <x:is>
+          <x:t>10.76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I241" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J241" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="242">
+      <x:c r="A242" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B242" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C242" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D242" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E242" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F242" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G242" t="inlineStr">
+        <x:is>
+          <x:t>69.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H242" t="inlineStr">
+        <x:is>
+          <x:t>10.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I242" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J242" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="243">
+      <x:c r="A243" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B243" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C243" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D243" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E243" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F243" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G243" t="inlineStr">
+        <x:is>
+          <x:t>67.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H243" t="inlineStr">
+        <x:is>
+          <x:t>9.62</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I243" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J243" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="244">
+      <x:c r="A244" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B244" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C244" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D244" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E244" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F244" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G244" t="inlineStr">
+        <x:is>
+          <x:t>63.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H244" t="inlineStr">
+        <x:is>
+          <x:t>9.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I244" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J244" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="245">
+      <x:c r="A245" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B245" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C245" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D245" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E245" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G245" t="inlineStr">
+        <x:is>
+          <x:t>58.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H245" t="inlineStr">
+        <x:is>
+          <x:t>9.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I245" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J245" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="246">
+      <x:c r="A246" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B246" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C246" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D246" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E246" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F246" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G246" t="inlineStr">
+        <x:is>
+          <x:t>54.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H246" t="inlineStr">
+        <x:is>
+          <x:t>5.48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I246" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J246" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="247">
+      <x:c r="A247" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B247" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C247" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D247" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E247" t="inlineStr">
+        <x:is>
+          <x:t>33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F247" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G247" t="inlineStr">
+        <x:is>
+          <x:t>52.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H247" t="inlineStr">
+        <x:is>
+          <x:t>3.51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I247" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J247" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="248">
+      <x:c r="A248" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B248" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C248" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D248" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E248" t="inlineStr">
+        <x:is>
+          <x:t>36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F248" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G248" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H248" t="inlineStr">
+        <x:is>
+          <x:t>1.35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I248" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J248" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="249">
+      <x:c r="A249" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B249" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C249" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D249" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E249" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F249" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G249" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H249" t="inlineStr">
+        <x:is>
+          <x:t>.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I249" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J249" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="250">
+      <x:c r="A250" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B250" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C250" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D250" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E250" t="inlineStr">
+        <x:is>
+          <x:t>42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F250" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G250" t="inlineStr">
+        <x:is>
+          <x:t>47.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H250" t="inlineStr">
+        <x:is>
+          <x:t>.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I250" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J250" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="251">
+      <x:c r="A251" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B251" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C251" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D251" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E251" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F251" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G251" t="inlineStr">
+        <x:is>
+          <x:t>46.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H251" t="inlineStr">
+        <x:is>
+          <x:t>.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I251" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J251" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="252">
+      <x:c r="A252" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B252" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C252" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D252" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E252" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F252" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G252" t="inlineStr">
+        <x:is>
+          <x:t>45.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H252" t="inlineStr">
+        <x:is>
+          <x:t>.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I252" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J252" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="253">
+      <x:c r="A253" t="inlineStr">
+        <x:is>
+          <x:t>09/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B253" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C253" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D253" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E253" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F253" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G253" t="inlineStr">
+        <x:is>
+          <x:t>45.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H253" t="inlineStr">
+        <x:is>
+          <x:t>.06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I253" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J253" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>