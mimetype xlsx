--- v0 (2025-10-01)
+++ v1 (2026-01-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb685eba7457f4b88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e304d765a0543ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R69dadca980b1449a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R46c9d79283cf405c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69dadca980b1449a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R46c9d79283cf405c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -5047,28 +5047,236 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G97" t="inlineStr">
         <x:is>
           <x:t>65.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H97" t="inlineStr">
         <x:is>
           <x:t>9.07</x:t>
         </x:is>
       </x:c>
       <x:c r="I97" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J97" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="98">
+      <x:c r="A98" t="inlineStr">
+        <x:is>
+          <x:t>10/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B98" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C98" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D98" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E98" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F98" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G98" t="inlineStr">
+        <x:is>
+          <x:t>70.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H98" t="inlineStr">
+        <x:is>
+          <x:t>8.54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I98" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J98" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="99">
+      <x:c r="A99" t="inlineStr">
+        <x:is>
+          <x:t>10/06/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B99" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C99" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D99" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E99" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F99" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G99" t="inlineStr">
+        <x:is>
+          <x:t>70.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H99" t="inlineStr">
+        <x:is>
+          <x:t>8.69</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I99" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J99" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="100">
+      <x:c r="A100" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B100" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C100" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D100" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E100" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F100" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G100" t="inlineStr">
+        <x:is>
+          <x:t>51.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H100" t="inlineStr">
+        <x:is>
+          <x:t>10.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I100" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J100" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="101">
+      <x:c r="A101" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B101" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C101" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D101" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E101" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G101" t="inlineStr">
+        <x:is>
+          <x:t>51.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H101" t="inlineStr">
+        <x:is>
+          <x:t>10.33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I101" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J101" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>