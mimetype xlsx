--- v1 (2026-01-21)
+++ v2 (2026-03-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e304d765a0543ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93adadd7632949ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R46c9d79283cf405c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R88a6696cf2b54f62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R46c9d79283cf405c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R88a6696cf2b54f62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>