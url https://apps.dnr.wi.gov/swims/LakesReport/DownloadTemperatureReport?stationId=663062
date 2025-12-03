--- v0 (2025-10-01)
+++ v1 (2025-12-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R933c3cc7f334400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c53c5cd34e442d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R75d4ea86fea84837"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re34ab77a1f7a49b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75d4ea86fea84837" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re34ab77a1f7a49b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>