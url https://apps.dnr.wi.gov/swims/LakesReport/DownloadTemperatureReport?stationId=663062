--- v1 (2025-12-03)
+++ v2 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c53c5cd34e442d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f9c2a3a21e04609" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re34ab77a1f7a49b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R16083021f87941e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re34ab77a1f7a49b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R16083021f87941e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -10455,28 +10455,392 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G201" t="inlineStr">
         <x:is>
           <x:t>75.4</x:t>
         </x:is>
       </x:c>
       <x:c r="H201" t="inlineStr">
         <x:is>
           <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="I201" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J201" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="202">
+      <x:c r="A202" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B202" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C202" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D202" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E202" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F202" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G202" t="inlineStr">
+        <x:is>
+          <x:t>65.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H202" t="inlineStr">
+        <x:is>
+          <x:t>10.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I202" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J202" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="203">
+      <x:c r="A203" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B203" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C203" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D203" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E203" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F203" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G203" t="inlineStr">
+        <x:is>
+          <x:t>63.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H203" t="inlineStr">
+        <x:is>
+          <x:t>11.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I203" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J203" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="204">
+      <x:c r="A204" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B204" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C204" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D204" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E204" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F204" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G204" t="inlineStr">
+        <x:is>
+          <x:t>75.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H204" t="inlineStr">
+        <x:is>
+          <x:t>9.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I204" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J204" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="205">
+      <x:c r="A205" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B205" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C205" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D205" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E205" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F205" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G205" t="inlineStr">
+        <x:is>
+          <x:t>74.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H205" t="inlineStr">
+        <x:is>
+          <x:t>9.68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I205" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J205" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="206">
+      <x:c r="A206" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B206" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C206" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D206" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E206" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F206" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G206" t="inlineStr">
+        <x:is>
+          <x:t>74.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H206" t="inlineStr">
+        <x:is>
+          <x:t>9.51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I206" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J206" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="207">
+      <x:c r="A207" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B207" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C207" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D207" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E207" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F207" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G207" t="inlineStr">
+        <x:is>
+          <x:t>70.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H207" t="inlineStr">
+        <x:is>
+          <x:t>8.93</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I207" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J207" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="208">
+      <x:c r="A208" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B208" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C208" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D208" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E208" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F208" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G208" t="inlineStr">
+        <x:is>
+          <x:t>70.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H208" t="inlineStr">
+        <x:is>
+          <x:t>8.86</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I208" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J208" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>