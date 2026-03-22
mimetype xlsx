--- v2 (2026-01-23)
+++ v3 (2026-03-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f9c2a3a21e04609" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8906f63eb50f41f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R16083021f87941e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd1a5182910b44046"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R16083021f87941e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd1a5182910b44046" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>