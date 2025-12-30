--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d8686f7c854a58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08702d667e784a3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2278d7e57e4140a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R442a866ef57d403e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2278d7e57e4140a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R442a866ef57d403e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -35987,28 +35987,444 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G692" t="inlineStr">
         <x:is>
           <x:t>61.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H692" t="inlineStr">
         <x:is>
           <x:t>.37</x:t>
         </x:is>
       </x:c>
       <x:c r="I692" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J692" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="693">
+      <x:c r="A693" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B693" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C693" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D693" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E693" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F693" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G693" t="inlineStr">
+        <x:is>
+          <x:t>71.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H693" t="inlineStr">
+        <x:is>
+          <x:t>8.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I693" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J693" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="694">
+      <x:c r="A694" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B694" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C694" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D694" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E694" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F694" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G694" t="inlineStr">
+        <x:is>
+          <x:t>66.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H694" t="inlineStr">
+        <x:is>
+          <x:t>10.11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I694" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J694" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="695">
+      <x:c r="A695" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B695" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C695" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D695" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E695" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F695" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G695" t="inlineStr">
+        <x:is>
+          <x:t>65.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H695" t="inlineStr">
+        <x:is>
+          <x:t>10.32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I695" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J695" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="696">
+      <x:c r="A696" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B696" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C696" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D696" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E696" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F696" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G696" t="inlineStr">
+        <x:is>
+          <x:t>64.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H696" t="inlineStr">
+        <x:is>
+          <x:t>10.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I696" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J696" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="697">
+      <x:c r="A697" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B697" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C697" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D697" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E697" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F697" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G697" t="inlineStr">
+        <x:is>
+          <x:t>64.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H697" t="inlineStr">
+        <x:is>
+          <x:t>10.43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I697" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J697" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="698">
+      <x:c r="A698" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B698" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C698" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D698" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E698" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F698" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G698" t="inlineStr">
+        <x:is>
+          <x:t>58.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H698" t="inlineStr">
+        <x:is>
+          <x:t>8.82</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I698" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J698" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="699">
+      <x:c r="A699" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B699" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C699" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D699" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E699" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F699" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G699" t="inlineStr">
+        <x:is>
+          <x:t>56.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H699" t="inlineStr">
+        <x:is>
+          <x:t>6.76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I699" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J699" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="700">
+      <x:c r="A700" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B700" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C700" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D700" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E700" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F700" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G700" t="inlineStr">
+        <x:is>
+          <x:t>55.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H700" t="inlineStr">
+        <x:is>
+          <x:t>3.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I700" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J700" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>