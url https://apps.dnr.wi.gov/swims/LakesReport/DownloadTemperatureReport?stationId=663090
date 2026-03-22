--- v1 (2025-12-30)
+++ v2 (2026-03-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08702d667e784a3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c4c27be68a4878" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R442a866ef57d403e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd06bc6633e7b46f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R442a866ef57d403e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd06bc6633e7b46f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -36285,51 +36285,51 @@
           <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="D698" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E698" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="F698" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G698" t="inlineStr">
         <x:is>
           <x:t>58.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H698" t="inlineStr">
         <x:is>
-          <x:t>8.82</x:t>
+          <x:t>6.5</x:t>
         </x:is>
       </x:c>
       <x:c r="I698" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J698" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="699">
       <x:c r="A699" t="inlineStr">
         <x:is>
           <x:t>06/23/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B699" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C699" t="inlineStr">
@@ -36337,51 +36337,51 @@
           <x:t>23</x:t>
         </x:is>
       </x:c>
       <x:c r="D699" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E699" t="inlineStr">
         <x:is>
           <x:t>25</x:t>
         </x:is>
       </x:c>
       <x:c r="F699" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G699" t="inlineStr">
         <x:is>
           <x:t>56.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H699" t="inlineStr">
         <x:is>
-          <x:t>6.76</x:t>
+          <x:t>3.43</x:t>
         </x:is>
       </x:c>
       <x:c r="I699" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J699" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="700">
       <x:c r="A700" t="inlineStr">
         <x:is>
           <x:t>06/23/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B700" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C700" t="inlineStr">
@@ -36398,33 +36398,189 @@
         <x:is>
           <x:t>30</x:t>
         </x:is>
       </x:c>
       <x:c r="F700" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G700" t="inlineStr">
         <x:is>
           <x:t>55.2</x:t>
         </x:is>
       </x:c>
       <x:c r="H700" t="inlineStr">
         <x:is>
           <x:t>3.25</x:t>
         </x:is>
       </x:c>
       <x:c r="I700" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J700" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="701">
+      <x:c r="A701" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B701" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C701" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D701" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E701" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F701" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G701" t="inlineStr">
+        <x:is>
+          <x:t>67.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H701" t="inlineStr">
+        <x:is>
+          <x:t>9.01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I701" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J701" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="702">
+      <x:c r="A702" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B702" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C702" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D702" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E702" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F702" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G702" t="inlineStr">
+        <x:is>
+          <x:t>69.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H702" t="inlineStr">
+        <x:is>
+          <x:t>8.37</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I702" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J702" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="703">
+      <x:c r="A703" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B703" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C703" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D703" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E703" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F703" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G703" t="inlineStr">
+        <x:is>
+          <x:t>69.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H703" t="inlineStr">
+        <x:is>
+          <x:t>8.26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I703" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J703" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>