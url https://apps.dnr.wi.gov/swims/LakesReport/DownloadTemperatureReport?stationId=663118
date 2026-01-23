--- v0 (2025-12-03)
+++ v1 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b33c664f1d48f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144c33cc14024f2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R391168da28264d66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcf5ac1bc8b7a4fa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R391168da28264d66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf5ac1bc8b7a4fa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -44255,28 +44255,1120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G851" t="inlineStr">
         <x:is>
           <x:t>62.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H851" t="inlineStr">
         <x:is>
           <x:t>.53</x:t>
         </x:is>
       </x:c>
       <x:c r="I851" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J851" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="852">
+      <x:c r="A852" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B852" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C852" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D852" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E852" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F852" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G852" t="inlineStr">
+        <x:is>
+          <x:t>65.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H852" t="inlineStr">
+        <x:is>
+          <x:t>10.33</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I852" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J852" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="853">
+      <x:c r="A853" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B853" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C853" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D853" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E853" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F853" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G853" t="inlineStr">
+        <x:is>
+          <x:t>65.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H853" t="inlineStr">
+        <x:is>
+          <x:t>10.45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I853" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J853" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="854">
+      <x:c r="A854" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B854" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C854" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D854" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E854" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F854" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G854" t="inlineStr">
+        <x:is>
+          <x:t>65.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H854" t="inlineStr">
+        <x:is>
+          <x:t>10.44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I854" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J854" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="855">
+      <x:c r="A855" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B855" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C855" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D855" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E855" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F855" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G855" t="inlineStr">
+        <x:is>
+          <x:t>65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H855" t="inlineStr">
+        <x:is>
+          <x:t>10.35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I855" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J855" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="856">
+      <x:c r="A856" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B856" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C856" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D856" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E856" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F856" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G856" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H856" t="inlineStr">
+        <x:is>
+          <x:t>9.56</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I856" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J856" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="857">
+      <x:c r="A857" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B857" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C857" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D857" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E857" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F857" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G857" t="inlineStr">
+        <x:is>
+          <x:t>56.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H857" t="inlineStr">
+        <x:is>
+          <x:t>6.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I857" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J857" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="858">
+      <x:c r="A858" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B858" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C858" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D858" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E858" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F858" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G858" t="inlineStr">
+        <x:is>
+          <x:t>54.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H858" t="inlineStr">
+        <x:is>
+          <x:t>3.17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I858" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J858" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="859">
+      <x:c r="A859" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B859" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C859" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D859" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E859" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F859" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G859" t="inlineStr">
+        <x:is>
+          <x:t>76.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H859" t="inlineStr">
+        <x:is>
+          <x:t>9.11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I859" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J859" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="860">
+      <x:c r="A860" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B860" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C860" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D860" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E860" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F860" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G860" t="inlineStr">
+        <x:is>
+          <x:t>72.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H860" t="inlineStr">
+        <x:is>
+          <x:t>9.49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I860" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J860" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="861">
+      <x:c r="A861" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B861" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C861" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D861" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E861" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F861" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G861" t="inlineStr">
+        <x:is>
+          <x:t>72</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H861" t="inlineStr">
+        <x:is>
+          <x:t>9.54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I861" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J861" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="862">
+      <x:c r="A862" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B862" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C862" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D862" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E862" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F862" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G862" t="inlineStr">
+        <x:is>
+          <x:t>76.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H862" t="inlineStr">
+        <x:is>
+          <x:t>9.44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I862" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J862" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="863">
+      <x:c r="A863" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B863" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C863" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D863" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E863" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F863" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G863" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H863" t="inlineStr">
+        <x:is>
+          <x:t>8.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I863" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J863" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="864">
+      <x:c r="A864" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B864" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C864" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D864" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E864" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F864" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G864" t="inlineStr">
+        <x:is>
+          <x:t>60.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H864" t="inlineStr">
+        <x:is>
+          <x:t>3.11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I864" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J864" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="865">
+      <x:c r="A865" t="inlineStr">
+        <x:is>
+          <x:t>06/23/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B865" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C865" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D865" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E865" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F865" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G865" t="inlineStr">
+        <x:is>
+          <x:t>56.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H865" t="inlineStr">
+        <x:is>
+          <x:t>.74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I865" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J865" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="866">
+      <x:c r="A866" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B866" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C866" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D866" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E866" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F866" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G866" t="inlineStr">
+        <x:is>
+          <x:t>70.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H866" t="inlineStr">
+        <x:is>
+          <x:t>8.89</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I866" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J866" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="867">
+      <x:c r="A867" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B867" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C867" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D867" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E867" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F867" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G867" t="inlineStr">
+        <x:is>
+          <x:t>71.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H867" t="inlineStr">
+        <x:is>
+          <x:t>8.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I867" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J867" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="868">
+      <x:c r="A868" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B868" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C868" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D868" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E868" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F868" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G868" t="inlineStr">
+        <x:is>
+          <x:t>71.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H868" t="inlineStr">
+        <x:is>
+          <x:t>8.66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I868" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J868" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="869">
+      <x:c r="A869" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B869" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C869" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D869" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E869" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F869" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G869" t="inlineStr">
+        <x:is>
+          <x:t>71.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H869" t="inlineStr">
+        <x:is>
+          <x:t>8.46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I869" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J869" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="870">
+      <x:c r="A870" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B870" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C870" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D870" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E870" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F870" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G870" t="inlineStr">
+        <x:is>
+          <x:t>71.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H870" t="inlineStr">
+        <x:is>
+          <x:t>8.07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I870" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J870" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="871">
+      <x:c r="A871" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B871" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C871" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D871" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E871" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F871" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G871" t="inlineStr">
+        <x:is>
+          <x:t>71.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H871" t="inlineStr">
+        <x:is>
+          <x:t>7.94</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I871" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J871" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="872">
+      <x:c r="A872" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B872" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C872" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D872" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E872" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F872" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G872" t="inlineStr">
+        <x:is>
+          <x:t>68</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H872" t="inlineStr">
+        <x:is>
+          <x:t>.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I872" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J872" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>