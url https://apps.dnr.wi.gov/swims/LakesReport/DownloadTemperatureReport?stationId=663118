--- v1 (2026-01-23)
+++ v2 (2026-03-22)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144c33cc14024f2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a76984c5d448fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcf5ac1bc8b7a4fa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9c4b7400285f460c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf5ac1bc8b7a4fa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9c4b7400285f460c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>