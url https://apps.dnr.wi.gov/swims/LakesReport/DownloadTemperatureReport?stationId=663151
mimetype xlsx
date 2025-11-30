--- v0 (2025-10-01)
+++ v1 (2025-11-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fc1ed355b74901" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4752fa610d4e467e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb7b284d3a8e4436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0eb9bca9e4984333"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb7b284d3a8e4436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0eb9bca9e4984333" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -37287,28 +37287,1120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G717" t="inlineStr">
         <x:is>
           <x:t>58.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H717" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I717" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J717" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="718">
+      <x:c r="A718" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B718" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C718" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D718" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E718" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F718" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G718" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H718" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I718" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J718" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="719">
+      <x:c r="A719" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B719" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C719" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D719" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E719" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F719" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G719" t="inlineStr">
+        <x:is>
+          <x:t>71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H719" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I719" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J719" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="720">
+      <x:c r="A720" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B720" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C720" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D720" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E720" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F720" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G720" t="inlineStr">
+        <x:is>
+          <x:t>64.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H720" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I720" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J720" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="721">
+      <x:c r="A721" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B721" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C721" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D721" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E721" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F721" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G721" t="inlineStr">
+        <x:is>
+          <x:t>57.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H721" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I721" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J721" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="722">
+      <x:c r="A722" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B722" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C722" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D722" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E722" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F722" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G722" t="inlineStr">
+        <x:is>
+          <x:t>53.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H722" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I722" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J722" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="723">
+      <x:c r="A723" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B723" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C723" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D723" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E723" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F723" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G723" t="inlineStr">
+        <x:is>
+          <x:t>49.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H723" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I723" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J723" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="724">
+      <x:c r="A724" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B724" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C724" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D724" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E724" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F724" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G724" t="inlineStr">
+        <x:is>
+          <x:t>49.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H724" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I724" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J724" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="725">
+      <x:c r="A725" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B725" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C725" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D725" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E725" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F725" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G725" t="inlineStr">
+        <x:is>
+          <x:t>79.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H725" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I725" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J725" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="726">
+      <x:c r="A726" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B726" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C726" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D726" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E726" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F726" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G726" t="inlineStr">
+        <x:is>
+          <x:t>76.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H726" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I726" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J726" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="727">
+      <x:c r="A727" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B727" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C727" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D727" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E727" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F727" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G727" t="inlineStr">
+        <x:is>
+          <x:t>72.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H727" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I727" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J727" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="728">
+      <x:c r="A728" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B728" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C728" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D728" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E728" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F728" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G728" t="inlineStr">
+        <x:is>
+          <x:t>62.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H728" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I728" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J728" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="729">
+      <x:c r="A729" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B729" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C729" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D729" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E729" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F729" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G729" t="inlineStr">
+        <x:is>
+          <x:t>56.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H729" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I729" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J729" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="730">
+      <x:c r="A730" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B730" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C730" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D730" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E730" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F730" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G730" t="inlineStr">
+        <x:is>
+          <x:t>56.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H730" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I730" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J730" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="731">
+      <x:c r="A731" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B731" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C731" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D731" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E731" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F731" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G731" t="inlineStr">
+        <x:is>
+          <x:t>56.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H731" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I731" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J731" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="732">
+      <x:c r="A732" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B732" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C732" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D732" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E732" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F732" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G732" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H732" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I732" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J732" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="733">
+      <x:c r="A733" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B733" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C733" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D733" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E733" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F733" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G733" t="inlineStr">
+        <x:is>
+          <x:t>74.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H733" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I733" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J733" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="734">
+      <x:c r="A734" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B734" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C734" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D734" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E734" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F734" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G734" t="inlineStr">
+        <x:is>
+          <x:t>74.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H734" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I734" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J734" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="735">
+      <x:c r="A735" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B735" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C735" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D735" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E735" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F735" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G735" t="inlineStr">
+        <x:is>
+          <x:t>66.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H735" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I735" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J735" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="736">
+      <x:c r="A736" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B736" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C736" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D736" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E736" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F736" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G736" t="inlineStr">
+        <x:is>
+          <x:t>57.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H736" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I736" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J736" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="737">
+      <x:c r="A737" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B737" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C737" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D737" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E737" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F737" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G737" t="inlineStr">
+        <x:is>
+          <x:t>51.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H737" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I737" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J737" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="738">
+      <x:c r="A738" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B738" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C738" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D738" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E738" t="inlineStr">
+        <x:is>
+          <x:t>35</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F738" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G738" t="inlineStr">
+        <x:is>
+          <x:t>49.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H738" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I738" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J738" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>