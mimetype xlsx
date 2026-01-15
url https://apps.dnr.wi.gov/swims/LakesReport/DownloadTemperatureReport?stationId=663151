--- v1 (2025-11-30)
+++ v2 (2026-01-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4752fa610d4e467e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa6d9c0d54744f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0eb9bca9e4984333"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4c5cf212e71748f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0eb9bca9e4984333" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c5cf212e71748f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>