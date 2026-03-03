--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa6d9c0d54744f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b5b9397119497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4c5cf212e71748f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R61c99548c8ec4c64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c5cf212e71748f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R61c99548c8ec4c64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>