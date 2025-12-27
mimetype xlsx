--- v0 (2025-11-01)
+++ v1 (2025-12-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a2069ef4ab64939" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R422087045aef4408" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Reeb1386938ec4d1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4c62ceca164445ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reeb1386938ec4d1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c62ceca164445ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -2967,28 +2967,860 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G57" t="inlineStr">
         <x:is>
           <x:t>70.7</x:t>
         </x:is>
       </x:c>
       <x:c r="H57" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I57" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J57" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="58">
+      <x:c r="A58" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B58" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C58" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D58" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E58" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G58" t="inlineStr">
+        <x:is>
+          <x:t>73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I58" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="59">
+      <x:c r="A59" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B59" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C59" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D59" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E59" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F59" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G59" t="inlineStr">
+        <x:is>
+          <x:t>72.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H59" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I59" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J59" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="60">
+      <x:c r="A60" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B60" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C60" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D60" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E60" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F60" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G60" t="inlineStr">
+        <x:is>
+          <x:t>71.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H60" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I60" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J60" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="61">
+      <x:c r="A61" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B61" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C61" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D61" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E61" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F61" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G61" t="inlineStr">
+        <x:is>
+          <x:t>70.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H61" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I61" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J61" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="62">
+      <x:c r="A62" t="inlineStr">
+        <x:is>
+          <x:t>06/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B62" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C62" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D62" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E62" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F62" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G62" t="inlineStr">
+        <x:is>
+          <x:t>66.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H62" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I62" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J62" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="63">
+      <x:c r="A63" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B63" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C63" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D63" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E63" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F63" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G63" t="inlineStr">
+        <x:is>
+          <x:t>82.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H63" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I63" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J63" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="64">
+      <x:c r="A64" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B64" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C64" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D64" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E64" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F64" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G64" t="inlineStr">
+        <x:is>
+          <x:t>82.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H64" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I64" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J64" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="65">
+      <x:c r="A65" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B65" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C65" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D65" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E65" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G65" t="inlineStr">
+        <x:is>
+          <x:t>77.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I65" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J65" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="66">
+      <x:c r="A66" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B66" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C66" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D66" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E66" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G66" t="inlineStr">
+        <x:is>
+          <x:t>75.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I66" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J66" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="67">
+      <x:c r="A67" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B67" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C67" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D67" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E67" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F67" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G67" t="inlineStr">
+        <x:is>
+          <x:t>76.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H67" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I67" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J67" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="68">
+      <x:c r="A68" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B68" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C68" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D68" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E68" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F68" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G68" t="inlineStr">
+        <x:is>
+          <x:t>72.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H68" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I68" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J68" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="69">
+      <x:c r="A69" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B69" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C69" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D69" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E69" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G69" t="inlineStr">
+        <x:is>
+          <x:t>68.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I69" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J69" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="70">
+      <x:c r="A70" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B70" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C70" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D70" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E70" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G70" t="inlineStr">
+        <x:is>
+          <x:t>68.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I70" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J70" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="71">
+      <x:c r="A71" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B71" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C71" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D71" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E71" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G71" t="inlineStr">
+        <x:is>
+          <x:t>68.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I71" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J71" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="72">
+      <x:c r="A72" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B72" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C72" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D72" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E72" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G72" t="inlineStr">
+        <x:is>
+          <x:t>68.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I72" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J72" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="73">
+      <x:c r="A73" t="inlineStr">
+        <x:is>
+          <x:t>08/25/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B73" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C73" t="inlineStr">
+        <x:is>
+          <x:t>25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D73" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E73" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G73" t="inlineStr">
+        <x:is>
+          <x:t>68.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I73" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J73" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>