--- v1 (2025-12-27)
+++ v2 (2026-02-17)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R422087045aef4408" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b07213fee042ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4c62ceca164445ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2a3a84715ac3423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c62ceca164445ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2a3a84715ac3423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>