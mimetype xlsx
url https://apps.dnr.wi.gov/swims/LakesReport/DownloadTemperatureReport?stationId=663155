--- v0 (2025-10-01)
+++ v1 (2025-11-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f5ae1451f446e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c97e38a2354da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4b40e223b3934d0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R60bbc508b92d4b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b40e223b3934d0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60bbc508b92d4b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -32451,28 +32451,1432 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G624" t="inlineStr">
         <x:is>
           <x:t>68</x:t>
         </x:is>
       </x:c>
       <x:c r="H624" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I624" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J624" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="625">
+      <x:c r="A625" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B625" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C625" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D625" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E625" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F625" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G625" t="inlineStr">
+        <x:is>
+          <x:t>71.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H625" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I625" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J625" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="626">
+      <x:c r="A626" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B626" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C626" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D626" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E626" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F626" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G626" t="inlineStr">
+        <x:is>
+          <x:t>70.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H626" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I626" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J626" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="627">
+      <x:c r="A627" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B627" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C627" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D627" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E627" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F627" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G627" t="inlineStr">
+        <x:is>
+          <x:t>70.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H627" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I627" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J627" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="628">
+      <x:c r="A628" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B628" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C628" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D628" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E628" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F628" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G628" t="inlineStr">
+        <x:is>
+          <x:t>69.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H628" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I628" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J628" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="629">
+      <x:c r="A629" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B629" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C629" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D629" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E629" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F629" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G629" t="inlineStr">
+        <x:is>
+          <x:t>67.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H629" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I629" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J629" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="630">
+      <x:c r="A630" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B630" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C630" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D630" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E630" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F630" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G630" t="inlineStr">
+        <x:is>
+          <x:t>64.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H630" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I630" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J630" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="631">
+      <x:c r="A631" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B631" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C631" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D631" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E631" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F631" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G631" t="inlineStr">
+        <x:is>
+          <x:t>64.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H631" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I631" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J631" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="632">
+      <x:c r="A632" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B632" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C632" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D632" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E632" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F632" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G632" t="inlineStr">
+        <x:is>
+          <x:t>63.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H632" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I632" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J632" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="633">
+      <x:c r="A633" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B633" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C633" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D633" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E633" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F633" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G633" t="inlineStr">
+        <x:is>
+          <x:t>63.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H633" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I633" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J633" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="634">
+      <x:c r="A634" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B634" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C634" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D634" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E634" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F634" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G634" t="inlineStr">
+        <x:is>
+          <x:t>78.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H634" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I634" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J634" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="635">
+      <x:c r="A635" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B635" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C635" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D635" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E635" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F635" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G635" t="inlineStr">
+        <x:is>
+          <x:t>77.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H635" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I635" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J635" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="636">
+      <x:c r="A636" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B636" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C636" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D636" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E636" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F636" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G636" t="inlineStr">
+        <x:is>
+          <x:t>76.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H636" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I636" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J636" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="637">
+      <x:c r="A637" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B637" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C637" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D637" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E637" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F637" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G637" t="inlineStr">
+        <x:is>
+          <x:t>74.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H637" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I637" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J637" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="638">
+      <x:c r="A638" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B638" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C638" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D638" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E638" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F638" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G638" t="inlineStr">
+        <x:is>
+          <x:t>73</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H638" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I638" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J638" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="639">
+      <x:c r="A639" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B639" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C639" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D639" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E639" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F639" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G639" t="inlineStr">
+        <x:is>
+          <x:t>71.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H639" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I639" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J639" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="640">
+      <x:c r="A640" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B640" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C640" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D640" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E640" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F640" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G640" t="inlineStr">
+        <x:is>
+          <x:t>68.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H640" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I640" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J640" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="641">
+      <x:c r="A641" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B641" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C641" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D641" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E641" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F641" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G641" t="inlineStr">
+        <x:is>
+          <x:t>66.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H641" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I641" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J641" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="642">
+      <x:c r="A642" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B642" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C642" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D642" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E642" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F642" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G642" t="inlineStr">
+        <x:is>
+          <x:t>66.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H642" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I642" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J642" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="643">
+      <x:c r="A643" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B643" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C643" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D643" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E643" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F643" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G643" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H643" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I643" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J643" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="644">
+      <x:c r="A644" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B644" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C644" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D644" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E644" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F644" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G644" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H644" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I644" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J644" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="645">
+      <x:c r="A645" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B645" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C645" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D645" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E645" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F645" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G645" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H645" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I645" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J645" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="646">
+      <x:c r="A646" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B646" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C646" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D646" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E646" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F646" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G646" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H646" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I646" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J646" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="647">
+      <x:c r="A647" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B647" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C647" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D647" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E647" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F647" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G647" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H647" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I647" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J647" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="648">
+      <x:c r="A648" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B648" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C648" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D648" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E648" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F648" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G648" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H648" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I648" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J648" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="649">
+      <x:c r="A649" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B649" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C649" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D649" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E649" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F649" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G649" t="inlineStr">
+        <x:is>
+          <x:t>73.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H649" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I649" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J649" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="650">
+      <x:c r="A650" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B650" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C650" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D650" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E650" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F650" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G650" t="inlineStr">
+        <x:is>
+          <x:t>72.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H650" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I650" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J650" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="651">
+      <x:c r="A651" t="inlineStr">
+        <x:is>
+          <x:t>08/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B651" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C651" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D651" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E651" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F651" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G651" t="inlineStr">
+        <x:is>
+          <x:t>72.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H651" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I651" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J651" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>