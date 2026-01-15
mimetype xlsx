--- v1 (2025-11-30)
+++ v2 (2026-01-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c97e38a2354da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07195971690245b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R60bbc508b92d4b1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Red85417257144bad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R60bbc508b92d4b1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red85417257144bad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>