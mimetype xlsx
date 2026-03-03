--- v2 (2026-01-15)
+++ v3 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07195971690245b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb56e5503089e463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Red85417257144bad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1c3298777e61496b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Red85417257144bad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c3298777e61496b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>