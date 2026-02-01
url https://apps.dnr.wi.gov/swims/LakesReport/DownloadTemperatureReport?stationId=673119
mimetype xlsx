--- v0 (2025-11-05)
+++ v1 (2026-02-01)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0647f5a0bc554590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c35634f58264b51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re94376df70f94e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8765a5df79984f61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re94376df70f94e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8765a5df79984f61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -4059,28 +4059,1536 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G78" t="inlineStr">
         <x:is>
           <x:t>50.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H78" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I78" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J78" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="79">
+      <x:c r="A79" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B79" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C79" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D79" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E79" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G79" t="inlineStr">
+        <x:is>
+          <x:t>80.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I79" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J79" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="80">
+      <x:c r="A80" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B80" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C80" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D80" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E80" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G80" t="inlineStr">
+        <x:is>
+          <x:t>80.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I80" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J80" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="81">
+      <x:c r="A81" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B81" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C81" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D81" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E81" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F81" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G81" t="inlineStr">
+        <x:is>
+          <x:t>74.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H81" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I81" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J81" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="82">
+      <x:c r="A82" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B82" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C82" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D82" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E82" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F82" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G82" t="inlineStr">
+        <x:is>
+          <x:t>62.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H82" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I82" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J82" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="83">
+      <x:c r="A83" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B83" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C83" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D83" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E83" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F83" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G83" t="inlineStr">
+        <x:is>
+          <x:t>57.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H83" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I83" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J83" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="84">
+      <x:c r="A84" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B84" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C84" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D84" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E84" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F84" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G84" t="inlineStr">
+        <x:is>
+          <x:t>54.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H84" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I84" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J84" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="85">
+      <x:c r="A85" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B85" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C85" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D85" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E85" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F85" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G85" t="inlineStr">
+        <x:is>
+          <x:t>52.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H85" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I85" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J85" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="86">
+      <x:c r="A86" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B86" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C86" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D86" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E86" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F86" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G86" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H86" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I86" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J86" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="87">
+      <x:c r="A87" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B87" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C87" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D87" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E87" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F87" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G87" t="inlineStr">
+        <x:is>
+          <x:t>48.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H87" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I87" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J87" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="88">
+      <x:c r="A88" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B88" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C88" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D88" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E88" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F88" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G88" t="inlineStr">
+        <x:is>
+          <x:t>48.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H88" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I88" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J88" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="89">
+      <x:c r="A89" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B89" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C89" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D89" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E89" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F89" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G89" t="inlineStr">
+        <x:is>
+          <x:t>78.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H89" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I89" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J89" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="90">
+      <x:c r="A90" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B90" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C90" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D90" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E90" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F90" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G90" t="inlineStr">
+        <x:is>
+          <x:t>78.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H90" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I90" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J90" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="91">
+      <x:c r="A91" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B91" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C91" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D91" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E91" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F91" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G91" t="inlineStr">
+        <x:is>
+          <x:t>77</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H91" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I91" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J91" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="92">
+      <x:c r="A92" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B92" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C92" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D92" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E92" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F92" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G92" t="inlineStr">
+        <x:is>
+          <x:t>72.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H92" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I92" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J92" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="93">
+      <x:c r="A93" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B93" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C93" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D93" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E93" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G93" t="inlineStr">
+        <x:is>
+          <x:t>63.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I93" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J93" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="94">
+      <x:c r="A94" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B94" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C94" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D94" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E94" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G94" t="inlineStr">
+        <x:is>
+          <x:t>55.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I94" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J94" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="95">
+      <x:c r="A95" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B95" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C95" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D95" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E95" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G95" t="inlineStr">
+        <x:is>
+          <x:t>52.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I95" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J95" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="96">
+      <x:c r="A96" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B96" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C96" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D96" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E96" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F96" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G96" t="inlineStr">
+        <x:is>
+          <x:t>50.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H96" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I96" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J96" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="97">
+      <x:c r="A97" t="inlineStr">
+        <x:is>
+          <x:t>07/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B97" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C97" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D97" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E97" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F97" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G97" t="inlineStr">
+        <x:is>
+          <x:t>49.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H97" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I97" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J97" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="98">
+      <x:c r="A98" t="inlineStr">
+        <x:is>
+          <x:t>09/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B98" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C98" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D98" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E98" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F98" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G98" t="inlineStr">
+        <x:is>
+          <x:t>69.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H98" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I98" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J98" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="99">
+      <x:c r="A99" t="inlineStr">
+        <x:is>
+          <x:t>09/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B99" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C99" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D99" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E99" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F99" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G99" t="inlineStr">
+        <x:is>
+          <x:t>68.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H99" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I99" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J99" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="100">
+      <x:c r="A100" t="inlineStr">
+        <x:is>
+          <x:t>09/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B100" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C100" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D100" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E100" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F100" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G100" t="inlineStr">
+        <x:is>
+          <x:t>64.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H100" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I100" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J100" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="101">
+      <x:c r="A101" t="inlineStr">
+        <x:is>
+          <x:t>09/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B101" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C101" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D101" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E101" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G101" t="inlineStr">
+        <x:is>
+          <x:t>63.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I101" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J101" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="102">
+      <x:c r="A102" t="inlineStr">
+        <x:is>
+          <x:t>09/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B102" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C102" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D102" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E102" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G102" t="inlineStr">
+        <x:is>
+          <x:t>62.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I102" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J102" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="103">
+      <x:c r="A103" t="inlineStr">
+        <x:is>
+          <x:t>09/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B103" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C103" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D103" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E103" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G103" t="inlineStr">
+        <x:is>
+          <x:t>60.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I103" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J103" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="104">
+      <x:c r="A104" t="inlineStr">
+        <x:is>
+          <x:t>09/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B104" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C104" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D104" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E104" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G104" t="inlineStr">
+        <x:is>
+          <x:t>56.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I104" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J104" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="105">
+      <x:c r="A105" t="inlineStr">
+        <x:is>
+          <x:t>09/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B105" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C105" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D105" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E105" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F105" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G105" t="inlineStr">
+        <x:is>
+          <x:t>52.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H105" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I105" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J105" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="106">
+      <x:c r="A106" t="inlineStr">
+        <x:is>
+          <x:t>09/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B106" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C106" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D106" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E106" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F106" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G106" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H106" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I106" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J106" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="107">
+      <x:c r="A107" t="inlineStr">
+        <x:is>
+          <x:t>09/15/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B107" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C107" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D107" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E107" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G107" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I107" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J107" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>