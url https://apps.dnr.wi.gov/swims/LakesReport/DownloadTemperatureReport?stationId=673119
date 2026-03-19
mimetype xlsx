--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c35634f58264b51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7ceb1825df0486c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8765a5df79984f61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R21e4802f822c41f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8765a5df79984f61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R21e4802f822c41f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>