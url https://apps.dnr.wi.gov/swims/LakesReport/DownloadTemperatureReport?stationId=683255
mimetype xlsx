--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc1bf9843c54544" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d796c1d71ad4f58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Reef8d1db674e4995"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R097cbe03ef174476"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Reef8d1db674e4995" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R097cbe03ef174476" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -17059,28 +17059,1900 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G328" t="inlineStr">
         <x:is>
           <x:t>59.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H328" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I328" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J328" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="329">
+      <x:c r="A329" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B329" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C329" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D329" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E329" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G329" t="inlineStr">
+        <x:is>
+          <x:t>54.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I329" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J329" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="330">
+      <x:c r="A330" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B330" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C330" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D330" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E330" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G330" t="inlineStr">
+        <x:is>
+          <x:t>54.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I330" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J330" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="331">
+      <x:c r="A331" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B331" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C331" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D331" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E331" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G331" t="inlineStr">
+        <x:is>
+          <x:t>54.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I331" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J331" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="332">
+      <x:c r="A332" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B332" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C332" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D332" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E332" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G332" t="inlineStr">
+        <x:is>
+          <x:t>54.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I332" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J332" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="333">
+      <x:c r="A333" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B333" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C333" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D333" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E333" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G333" t="inlineStr">
+        <x:is>
+          <x:t>51.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I333" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J333" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="334">
+      <x:c r="A334" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B334" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C334" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D334" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E334" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F334" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G334" t="inlineStr">
+        <x:is>
+          <x:t>51.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H334" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I334" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J334" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="335">
+      <x:c r="A335" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B335" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C335" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D335" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E335" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F335" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G335" t="inlineStr">
+        <x:is>
+          <x:t>50.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H335" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I335" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J335" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="336">
+      <x:c r="A336" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B336" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C336" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D336" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E336" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F336" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G336" t="inlineStr">
+        <x:is>
+          <x:t>50.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H336" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I336" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J336" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="337">
+      <x:c r="A337" t="inlineStr">
+        <x:is>
+          <x:t>04/27/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B337" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C337" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D337" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E337" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F337" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G337" t="inlineStr">
+        <x:is>
+          <x:t>50.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H337" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I337" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J337" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="338">
+      <x:c r="A338" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B338" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C338" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D338" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E338" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F338" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G338" t="inlineStr">
+        <x:is>
+          <x:t>79.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H338" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I338" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J338" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="339">
+      <x:c r="A339" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B339" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C339" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D339" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E339" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G339" t="inlineStr">
+        <x:is>
+          <x:t>79.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I339" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J339" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="340">
+      <x:c r="A340" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B340" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C340" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D340" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E340" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G340" t="inlineStr">
+        <x:is>
+          <x:t>79.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I340" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J340" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="341">
+      <x:c r="A341" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B341" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C341" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D341" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E341" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G341" t="inlineStr">
+        <x:is>
+          <x:t>78.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I341" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J341" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="342">
+      <x:c r="A342" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B342" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C342" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D342" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E342" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G342" t="inlineStr">
+        <x:is>
+          <x:t>70.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I342" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J342" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="343">
+      <x:c r="A343" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B343" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C343" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D343" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E343" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F343" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G343" t="inlineStr">
+        <x:is>
+          <x:t>66.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H343" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I343" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J343" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="344">
+      <x:c r="A344" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B344" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C344" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D344" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E344" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F344" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G344" t="inlineStr">
+        <x:is>
+          <x:t>63.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H344" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I344" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J344" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="345">
+      <x:c r="A345" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B345" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C345" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D345" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E345" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F345" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G345" t="inlineStr">
+        <x:is>
+          <x:t>60</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H345" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I345" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J345" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="346">
+      <x:c r="A346" t="inlineStr">
+        <x:is>
+          <x:t>06/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B346" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C346" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D346" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E346" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F346" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G346" t="inlineStr">
+        <x:is>
+          <x:t>58.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H346" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I346" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J346" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="347">
+      <x:c r="A347" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B347" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C347" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D347" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E347" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G347" t="inlineStr">
+        <x:is>
+          <x:t>76.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I347" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J347" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="348">
+      <x:c r="A348" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B348" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C348" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D348" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E348" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G348" t="inlineStr">
+        <x:is>
+          <x:t>76.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I348" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J348" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="349">
+      <x:c r="A349" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B349" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C349" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D349" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E349" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G349" t="inlineStr">
+        <x:is>
+          <x:t>76.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I349" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J349" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="350">
+      <x:c r="A350" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B350" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C350" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D350" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E350" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G350" t="inlineStr">
+        <x:is>
+          <x:t>76.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I350" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J350" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="351">
+      <x:c r="A351" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B351" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C351" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D351" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E351" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G351" t="inlineStr">
+        <x:is>
+          <x:t>76.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I351" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J351" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="352">
+      <x:c r="A352" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B352" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C352" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D352" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E352" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G352" t="inlineStr">
+        <x:is>
+          <x:t>72.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I352" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J352" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="353">
+      <x:c r="A353" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B353" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C353" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D353" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E353" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F353" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G353" t="inlineStr">
+        <x:is>
+          <x:t>67.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H353" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I353" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J353" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="354">
+      <x:c r="A354" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B354" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C354" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D354" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E354" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F354" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G354" t="inlineStr">
+        <x:is>
+          <x:t>63.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H354" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I354" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J354" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="355">
+      <x:c r="A355" t="inlineStr">
+        <x:is>
+          <x:t>07/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B355" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C355" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D355" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E355" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F355" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G355" t="inlineStr">
+        <x:is>
+          <x:t>60.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H355" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I355" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J355" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="356">
+      <x:c r="A356" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B356" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C356" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D356" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E356" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F356" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G356" t="inlineStr">
+        <x:is>
+          <x:t>75.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H356" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I356" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J356" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="357">
+      <x:c r="A357" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B357" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C357" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D357" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E357" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F357" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G357" t="inlineStr">
+        <x:is>
+          <x:t>75.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H357" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I357" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J357" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="358">
+      <x:c r="A358" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B358" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C358" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D358" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E358" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F358" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G358" t="inlineStr">
+        <x:is>
+          <x:t>75.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H358" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I358" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J358" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="359">
+      <x:c r="A359" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B359" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C359" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D359" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E359" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F359" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G359" t="inlineStr">
+        <x:is>
+          <x:t>75.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H359" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I359" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J359" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="360">
+      <x:c r="A360" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B360" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C360" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D360" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E360" t="inlineStr">
+        <x:is>
+          <x:t>15</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F360" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G360" t="inlineStr">
+        <x:is>
+          <x:t>75.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H360" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I360" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J360" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="361">
+      <x:c r="A361" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B361" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C361" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D361" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E361" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F361" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G361" t="inlineStr">
+        <x:is>
+          <x:t>75.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H361" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I361" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J361" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="362">
+      <x:c r="A362" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B362" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C362" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D362" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E362" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F362" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G362" t="inlineStr">
+        <x:is>
+          <x:t>74.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H362" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I362" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J362" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="363">
+      <x:c r="A363" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B363" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C363" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D363" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E363" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F363" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G363" t="inlineStr">
+        <x:is>
+          <x:t>73.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H363" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I363" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J363" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="364">
+      <x:c r="A364" t="inlineStr">
+        <x:is>
+          <x:t>08/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B364" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C364" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D364" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E364" t="inlineStr">
+        <x:is>
+          <x:t>27</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F364" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G364" t="inlineStr">
+        <x:is>
+          <x:t>71.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H364" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I364" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J364" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>