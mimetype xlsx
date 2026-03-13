--- v1 (2025-12-08)
+++ v2 (2026-03-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d796c1d71ad4f58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e8ad2a5f744ed9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R097cbe03ef174476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfeee79492622437a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R097cbe03ef174476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfeee79492622437a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>