--- v0 (2025-10-07)
+++ v1 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R982d8026a0a94fac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2437399855984eef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6e004d1b03614cd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3bd0c03744cd4b88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e004d1b03614cd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3bd0c03744cd4b88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -7283,28 +7283,1016 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G140" t="inlineStr">
         <x:is>
           <x:t>70.8</x:t>
         </x:is>
       </x:c>
       <x:c r="H140" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I140" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J140" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="141">
+      <x:c r="A141" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B141" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C141" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D141" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E141" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G141" t="inlineStr">
+        <x:is>
+          <x:t>80</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I141" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J141" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="142">
+      <x:c r="A142" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B142" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C142" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D142" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E142" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G142" t="inlineStr">
+        <x:is>
+          <x:t>79.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I142" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J142" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="143">
+      <x:c r="A143" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B143" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C143" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D143" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E143" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G143" t="inlineStr">
+        <x:is>
+          <x:t>78.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I143" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J143" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="144">
+      <x:c r="A144" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B144" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C144" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D144" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E144" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F144" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G144" t="inlineStr">
+        <x:is>
+          <x:t>78.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H144" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I144" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J144" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="145">
+      <x:c r="A145" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B145" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C145" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D145" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E145" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F145" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G145" t="inlineStr">
+        <x:is>
+          <x:t>77.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H145" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I145" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J145" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="146">
+      <x:c r="A146" t="inlineStr">
+        <x:is>
+          <x:t>06/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B146" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C146" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D146" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E146" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G146" t="inlineStr">
+        <x:is>
+          <x:t>76.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I146" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J146" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="147">
+      <x:c r="A147" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B147" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C147" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D147" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E147" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G147" t="inlineStr">
+        <x:is>
+          <x:t>83</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I147" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J147" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="148">
+      <x:c r="A148" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B148" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C148" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D148" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E148" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G148" t="inlineStr">
+        <x:is>
+          <x:t>84.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I148" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J148" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="149">
+      <x:c r="A149" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B149" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C149" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D149" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E149" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G149" t="inlineStr">
+        <x:is>
+          <x:t>84.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I149" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J149" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="150">
+      <x:c r="A150" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B150" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C150" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D150" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E150" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G150" t="inlineStr">
+        <x:is>
+          <x:t>84.2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I150" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J150" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="151">
+      <x:c r="A151" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B151" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C151" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D151" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E151" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G151" t="inlineStr">
+        <x:is>
+          <x:t>80.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I151" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J151" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="152">
+      <x:c r="A152" t="inlineStr">
+        <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B152" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C152" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D152" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E152" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G152" t="inlineStr">
+        <x:is>
+          <x:t>77.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I152" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J152" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="153">
+      <x:c r="A153" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B153" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C153" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D153" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E153" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G153" t="inlineStr">
+        <x:is>
+          <x:t>72.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I153" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J153" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="154">
+      <x:c r="A154" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B154" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C154" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D154" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E154" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G154" t="inlineStr">
+        <x:is>
+          <x:t>72.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I154" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J154" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="155">
+      <x:c r="A155" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B155" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C155" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D155" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E155" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G155" t="inlineStr">
+        <x:is>
+          <x:t>72.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I155" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J155" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="156">
+      <x:c r="A156" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B156" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C156" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D156" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E156" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G156" t="inlineStr">
+        <x:is>
+          <x:t>72.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I156" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J156" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="157">
+      <x:c r="A157" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B157" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C157" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D157" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E157" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G157" t="inlineStr">
+        <x:is>
+          <x:t>72.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I157" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J157" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="158">
+      <x:c r="A158" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B158" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C158" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D158" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E158" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G158" t="inlineStr">
+        <x:is>
+          <x:t>71.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I158" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J158" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="159">
+      <x:c r="A159" t="inlineStr">
+        <x:is>
+          <x:t>08/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B159" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C159" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D159" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E159" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G159" t="inlineStr">
+        <x:is>
+          <x:t>70.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I159" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J159" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>