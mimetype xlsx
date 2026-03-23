--- v1 (2026-01-09)
+++ v2 (2026-03-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2437399855984eef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R446b3c4190ca4a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3bd0c03744cd4b88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8a0b73759b614c86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3bd0c03744cd4b88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a0b73759b614c86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>