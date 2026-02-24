--- v0 (2025-10-22)
+++ v1 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffc92c66af814a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb98406bf6564f32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R32a7d8c753ac4bdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R8a02ad3734b148a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R32a7d8c753ac4bdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8a02ad3734b148a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -15655,28 +15655,132 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G301" t="inlineStr">
         <x:is>
           <x:t>23.5</x:t>
         </x:is>
       </x:c>
       <x:c r="H301" t="inlineStr">
         <x:is>
           <x:t>5.04</x:t>
         </x:is>
       </x:c>
       <x:c r="I301" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J301" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="302">
+      <x:c r="A302" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B302" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C302" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D302" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E302" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F302" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G302" t="inlineStr">
+        <x:is>
+          <x:t>18.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H302" t="inlineStr">
+        <x:is>
+          <x:t>9.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I302" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J302" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="303">
+      <x:c r="A303" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B303" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C303" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D303" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E303" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F303" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G303" t="inlineStr">
+        <x:is>
+          <x:t>18.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H303" t="inlineStr">
+        <x:is>
+          <x:t>9.74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I303" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J303" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>