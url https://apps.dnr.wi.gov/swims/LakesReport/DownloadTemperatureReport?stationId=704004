--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce99bd6004454d3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c30f71d8ec4dbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3b5e49e445ef4284"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R475e484f2d274045"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b5e49e445ef4284" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R475e484f2d274045" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -1927,28 +1927,80 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G37" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
       <x:c r="H37" t="inlineStr">
         <x:is>
           <x:t>11.4</x:t>
         </x:is>
       </x:c>
       <x:c r="I37" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J37" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="38">
+      <x:c r="A38" t="inlineStr">
+        <x:is>
+          <x:t>10/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B38" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C38" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D38" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E38" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F38" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G38" t="inlineStr">
+        <x:is>
+          <x:t>15.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H38" t="inlineStr">
+        <x:is>
+          <x:t>10.74</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I38" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J38" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>