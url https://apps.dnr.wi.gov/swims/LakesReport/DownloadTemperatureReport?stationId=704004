--- v1 (2025-12-27)
+++ v2 (2026-02-18)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c30f71d8ec4dbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a2a2839a274369" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R475e484f2d274045"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R51d23c35412e4754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R475e484f2d274045" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R51d23c35412e4754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>