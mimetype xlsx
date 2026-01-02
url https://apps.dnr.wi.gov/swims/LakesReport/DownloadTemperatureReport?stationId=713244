--- v0 (2025-10-04)
+++ v1 (2026-01-02)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07a9c7d9da846bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd2e4ccf3e147af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0f981cbf088f4227"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R47740e335faa4acc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0f981cbf088f4227" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47740e335faa4acc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -26159,28 +26159,132 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G503" t="inlineStr">
         <x:is>
           <x:t>24.6</x:t>
         </x:is>
       </x:c>
       <x:c r="H503" t="inlineStr">
         <x:is>
           <x:t>7.43</x:t>
         </x:is>
       </x:c>
       <x:c r="I503" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J503" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="504">
+      <x:c r="A504" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B504" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C504" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D504" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E504" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F504" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G504" t="inlineStr">
+        <x:is>
+          <x:t>17.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H504" t="inlineStr">
+        <x:is>
+          <x:t>12.32</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I504" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J504" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="505">
+      <x:c r="A505" t="inlineStr">
+        <x:is>
+          <x:t>09/11/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B505" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C505" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D505" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E505" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F505" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G505" t="inlineStr">
+        <x:is>
+          <x:t>17.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H505" t="inlineStr">
+        <x:is>
+          <x:t>12.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I505" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J505" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>