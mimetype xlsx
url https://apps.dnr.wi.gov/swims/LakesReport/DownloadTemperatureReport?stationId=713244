--- v1 (2026-01-02)
+++ v2 (2026-03-07)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd2e4ccf3e147af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14a9eadb99c4302" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R47740e335faa4acc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0b1a09b893094a5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47740e335faa4acc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0b1a09b893094a5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>