--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e40a9be8ae42b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1e1ca2c9474fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R4e4529c55a1144fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfa71e4e9d7b84720"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4e4529c55a1144fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa71e4e9d7b84720" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>