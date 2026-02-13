--- v1 (2025-12-08)
+++ v2 (2026-02-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1e1ca2c9474fcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re120779ae8cf4e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfa71e4e9d7b84720"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R5c703c8e4e0b4836"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa71e4e9d7b84720" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c703c8e4e0b4836" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -10406,961 +10406,1585 @@
       </x:c>
       <x:c r="G200" t="inlineStr">
         <x:is>
           <x:t>54.33</x:t>
         </x:is>
       </x:c>
       <x:c r="H200" t="inlineStr">
         <x:is>
           <x:t>12.29</x:t>
         </x:is>
       </x:c>
       <x:c r="I200" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J200" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="201">
       <x:c r="A201" t="inlineStr">
         <x:is>
-          <x:t>05/29/2025</x:t>
+          <x:t>05/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B201" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C201" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D201" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E201" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F201" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G201" t="inlineStr">
         <x:is>
-          <x:t>63.68</x:t>
+          <x:t>15.99</x:t>
         </x:is>
       </x:c>
       <x:c r="H201" t="inlineStr">
         <x:is>
-          <x:t>8.08</x:t>
+          <x:t>10.85</x:t>
         </x:is>
       </x:c>
       <x:c r="I201" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J201" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="202">
       <x:c r="A202" t="inlineStr">
         <x:is>
-          <x:t>05/29/2025</x:t>
+          <x:t>05/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B202" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C202" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D202" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E202" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F202" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G202" t="inlineStr">
         <x:is>
-          <x:t>63</x:t>
+          <x:t>13.36</x:t>
         </x:is>
       </x:c>
       <x:c r="H202" t="inlineStr">
         <x:is>
-          <x:t>7.94</x:t>
+          <x:t>11.25</x:t>
         </x:is>
       </x:c>
       <x:c r="I202" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J202" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="203">
       <x:c r="A203" t="inlineStr">
         <x:is>
-          <x:t>05/29/2025</x:t>
+          <x:t>05/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B203" t="inlineStr">
         <x:is>
           <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C203" t="inlineStr">
         <x:is>
-          <x:t>29</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D203" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E203" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F203" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G203" t="inlineStr">
         <x:is>
-          <x:t>62.1</x:t>
+          <x:t>13.17</x:t>
         </x:is>
       </x:c>
       <x:c r="H203" t="inlineStr">
         <x:is>
-          <x:t>7.83</x:t>
+          <x:t>10.24</x:t>
         </x:is>
       </x:c>
       <x:c r="I203" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J203" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="204">
       <x:c r="A204" t="inlineStr">
         <x:is>
-          <x:t>06/17/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B204" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C204" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D204" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E204" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F204" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G204" t="inlineStr">
         <x:is>
-          <x:t>69.71</x:t>
+          <x:t>63.68</x:t>
         </x:is>
       </x:c>
       <x:c r="H204" t="inlineStr">
         <x:is>
-          <x:t>9.49</x:t>
+          <x:t>8.08</x:t>
         </x:is>
       </x:c>
       <x:c r="I204" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J204" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="205">
       <x:c r="A205" t="inlineStr">
         <x:is>
-          <x:t>06/17/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B205" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C205" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D205" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E205" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F205" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G205" t="inlineStr">
         <x:is>
-          <x:t>68.65</x:t>
+          <x:t>63</x:t>
         </x:is>
       </x:c>
       <x:c r="H205" t="inlineStr">
         <x:is>
-          <x:t>9.28</x:t>
+          <x:t>7.94</x:t>
         </x:is>
       </x:c>
       <x:c r="I205" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J205" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="206">
       <x:c r="A206" t="inlineStr">
         <x:is>
-          <x:t>06/17/2025</x:t>
+          <x:t>05/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B206" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="C206" t="inlineStr">
         <x:is>
-          <x:t>17</x:t>
+          <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="D206" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E206" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F206" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G206" t="inlineStr">
         <x:is>
-          <x:t>67.47</x:t>
+          <x:t>62.1</x:t>
         </x:is>
       </x:c>
       <x:c r="H206" t="inlineStr">
         <x:is>
-          <x:t>8.47</x:t>
+          <x:t>7.83</x:t>
         </x:is>
       </x:c>
       <x:c r="I206" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J206" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="207">
       <x:c r="A207" t="inlineStr">
         <x:is>
-          <x:t>07/22/2025</x:t>
+          <x:t>06/17/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B207" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C207" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D207" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E207" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F207" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G207" t="inlineStr">
         <x:is>
-          <x:t>74.76</x:t>
+          <x:t>69.71</x:t>
         </x:is>
       </x:c>
       <x:c r="H207" t="inlineStr">
         <x:is>
-          <x:t>1.39</x:t>
+          <x:t>9.49</x:t>
         </x:is>
       </x:c>
       <x:c r="I207" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J207" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="208">
       <x:c r="A208" t="inlineStr">
         <x:is>
-          <x:t>07/22/2025</x:t>
+          <x:t>06/17/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B208" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C208" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D208" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E208" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F208" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G208" t="inlineStr">
         <x:is>
-          <x:t>74.71</x:t>
+          <x:t>68.65</x:t>
         </x:is>
       </x:c>
       <x:c r="H208" t="inlineStr">
         <x:is>
-          <x:t>1.32</x:t>
+          <x:t>9.28</x:t>
         </x:is>
       </x:c>
       <x:c r="I208" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J208" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="209">
       <x:c r="A209" t="inlineStr">
         <x:is>
-          <x:t>07/22/2025</x:t>
+          <x:t>06/17/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B209" t="inlineStr">
         <x:is>
-          <x:t>07</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C209" t="inlineStr">
         <x:is>
-          <x:t>22</x:t>
+          <x:t>17</x:t>
         </x:is>
       </x:c>
       <x:c r="D209" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E209" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F209" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G209" t="inlineStr">
         <x:is>
-          <x:t>74.66</x:t>
+          <x:t>67.47</x:t>
         </x:is>
       </x:c>
       <x:c r="H209" t="inlineStr">
         <x:is>
-          <x:t>1.23</x:t>
+          <x:t>8.47</x:t>
         </x:is>
       </x:c>
       <x:c r="I209" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J209" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="210">
       <x:c r="A210" t="inlineStr">
         <x:is>
-          <x:t>08/13/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B210" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C210" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D210" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E210" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F210" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G210" t="inlineStr">
         <x:is>
-          <x:t>79.85</x:t>
+          <x:t>26.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H210" t="inlineStr">
         <x:is>
-          <x:t>11.12</x:t>
+          <x:t>6.61</x:t>
         </x:is>
       </x:c>
       <x:c r="I210" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J210" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="211">
       <x:c r="A211" t="inlineStr">
         <x:is>
-          <x:t>08/13/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B211" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C211" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D211" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E211" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F211" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G211" t="inlineStr">
         <x:is>
-          <x:t>77.02</x:t>
+          <x:t>26.33</x:t>
         </x:is>
       </x:c>
       <x:c r="H211" t="inlineStr">
         <x:is>
-          <x:t>9.75</x:t>
+          <x:t>6.52</x:t>
         </x:is>
       </x:c>
       <x:c r="I211" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J211" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="212">
       <x:c r="A212" t="inlineStr">
         <x:is>
-          <x:t>08/13/2025</x:t>
+          <x:t>06/24/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B212" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="C212" t="inlineStr">
         <x:is>
-          <x:t>13</x:t>
+          <x:t>24</x:t>
         </x:is>
       </x:c>
       <x:c r="D212" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E212" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F212" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G212" t="inlineStr">
         <x:is>
-          <x:t>76.65</x:t>
+          <x:t>26.32</x:t>
         </x:is>
       </x:c>
       <x:c r="H212" t="inlineStr">
         <x:is>
-          <x:t>8.47</x:t>
+          <x:t>6.43</x:t>
         </x:is>
       </x:c>
       <x:c r="I212" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J212" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="213">
       <x:c r="A213" t="inlineStr">
         <x:is>
-          <x:t>08/21/2025</x:t>
+          <x:t>07/20/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B213" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C213" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="D213" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E213" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F213" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G213" t="inlineStr">
         <x:is>
-          <x:t>73.21</x:t>
+          <x:t>24.72</x:t>
         </x:is>
       </x:c>
       <x:c r="H213" t="inlineStr">
         <x:is>
-          <x:t>7.66</x:t>
+          <x:t>9.56</x:t>
         </x:is>
       </x:c>
       <x:c r="I213" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J213" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="214">
       <x:c r="A214" t="inlineStr">
         <x:is>
-          <x:t>08/21/2025</x:t>
+          <x:t>07/20/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B214" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C214" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="D214" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E214" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F214" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G214" t="inlineStr">
         <x:is>
-          <x:t>73.04</x:t>
+          <x:t>24.47</x:t>
         </x:is>
       </x:c>
       <x:c r="H214" t="inlineStr">
         <x:is>
-          <x:t>7.5</x:t>
+          <x:t>9.07</x:t>
         </x:is>
       </x:c>
       <x:c r="I214" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J214" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="215">
       <x:c r="A215" t="inlineStr">
         <x:is>
-          <x:t>08/21/2025</x:t>
+          <x:t>07/20/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B215" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C215" t="inlineStr">
         <x:is>
-          <x:t>21</x:t>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="D215" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E215" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="F215" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G215" t="inlineStr">
         <x:is>
-          <x:t>72.92</x:t>
+          <x:t>24.18</x:t>
         </x:is>
       </x:c>
       <x:c r="H215" t="inlineStr">
         <x:is>
-          <x:t>6.52</x:t>
+          <x:t>7.82</x:t>
         </x:is>
       </x:c>
       <x:c r="I215" t="inlineStr">
         <x:is>
-          <x:t>DEGREES F</x:t>
+          <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J215" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="216">
       <x:c r="A216" t="inlineStr">
         <x:is>
-          <x:t>09/18/2025</x:t>
+          <x:t>07/22/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B216" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C216" t="inlineStr">
         <x:is>
-          <x:t>18</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="D216" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E216" t="inlineStr">
         <x:is>
           <x:t>0</x:t>
         </x:is>
       </x:c>
       <x:c r="F216" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G216" t="inlineStr">
         <x:is>
-          <x:t>74.18</x:t>
+          <x:t>74.76</x:t>
         </x:is>
       </x:c>
       <x:c r="H216" t="inlineStr">
         <x:is>
-          <x:t>11.09</x:t>
+          <x:t>1.39</x:t>
         </x:is>
       </x:c>
       <x:c r="I216" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J216" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="217">
       <x:c r="A217" t="inlineStr">
         <x:is>
-          <x:t>09/18/2025</x:t>
+          <x:t>07/22/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="B217" t="inlineStr">
         <x:is>
-          <x:t>09</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="C217" t="inlineStr">
         <x:is>
-          <x:t>18</x:t>
+          <x:t>22</x:t>
         </x:is>
       </x:c>
       <x:c r="D217" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="E217" t="inlineStr">
         <x:is>
           <x:t>3</x:t>
         </x:is>
       </x:c>
       <x:c r="F217" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G217" t="inlineStr">
         <x:is>
-          <x:t>72.61</x:t>
+          <x:t>74.71</x:t>
         </x:is>
       </x:c>
       <x:c r="H217" t="inlineStr">
         <x:is>
-          <x:t>11.18</x:t>
+          <x:t>1.32</x:t>
         </x:is>
       </x:c>
       <x:c r="I217" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
       <x:c r="J217" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="218">
       <x:c r="A218" t="inlineStr">
         <x:is>
+          <x:t>07/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B218" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C218" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D218" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E218" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F218" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G218" t="inlineStr">
+        <x:is>
+          <x:t>74.66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H218" t="inlineStr">
+        <x:is>
+          <x:t>1.23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I218" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J218" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="219">
+      <x:c r="A219" t="inlineStr">
+        <x:is>
+          <x:t>08/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B219" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C219" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D219" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E219" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F219" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G219" t="inlineStr">
+        <x:is>
+          <x:t>79.85</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H219" t="inlineStr">
+        <x:is>
+          <x:t>11.12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I219" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J219" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="220">
+      <x:c r="A220" t="inlineStr">
+        <x:is>
+          <x:t>08/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B220" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C220" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D220" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E220" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F220" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G220" t="inlineStr">
+        <x:is>
+          <x:t>77.02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H220" t="inlineStr">
+        <x:is>
+          <x:t>9.75</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I220" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J220" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="221">
+      <x:c r="A221" t="inlineStr">
+        <x:is>
+          <x:t>08/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B221" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C221" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D221" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E221" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F221" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G221" t="inlineStr">
+        <x:is>
+          <x:t>76.65</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H221" t="inlineStr">
+        <x:is>
+          <x:t>8.47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I221" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J221" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="222">
+      <x:c r="A222" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B222" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C222" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D222" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E222" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F222" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G222" t="inlineStr">
+        <x:is>
+          <x:t>73.21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H222" t="inlineStr">
+        <x:is>
+          <x:t>7.66</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I222" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J222" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="223">
+      <x:c r="A223" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B223" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C223" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D223" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E223" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F223" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G223" t="inlineStr">
+        <x:is>
+          <x:t>73.04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H223" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I223" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J223" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="224">
+      <x:c r="A224" t="inlineStr">
+        <x:is>
+          <x:t>08/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B224" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C224" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D224" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E224" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F224" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G224" t="inlineStr">
+        <x:is>
+          <x:t>72.92</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H224" t="inlineStr">
+        <x:is>
+          <x:t>6.52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I224" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J224" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="225">
+      <x:c r="A225" t="inlineStr">
+        <x:is>
           <x:t>09/18/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="B218" t="inlineStr">
+      <x:c r="B225" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="C218" t="inlineStr">
+      <x:c r="C225" t="inlineStr">
         <x:is>
           <x:t>18</x:t>
         </x:is>
       </x:c>
-      <x:c r="D218" t="inlineStr">
+      <x:c r="D225" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="E218" t="inlineStr">
+      <x:c r="E225" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F225" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G225" t="inlineStr">
+        <x:is>
+          <x:t>74.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H225" t="inlineStr">
+        <x:is>
+          <x:t>11.09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I225" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J225" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="226">
+      <x:c r="A226" t="inlineStr">
+        <x:is>
+          <x:t>09/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B226" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C226" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D226" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E226" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F226" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G226" t="inlineStr">
+        <x:is>
+          <x:t>72.61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H226" t="inlineStr">
+        <x:is>
+          <x:t>11.18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I226" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES F</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J226" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="227">
+      <x:c r="A227" t="inlineStr">
+        <x:is>
+          <x:t>09/18/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B227" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C227" t="inlineStr">
+        <x:is>
+          <x:t>18</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D227" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E227" t="inlineStr">
         <x:is>
           <x:t>6</x:t>
         </x:is>
       </x:c>
-      <x:c r="F218" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="G218" t="inlineStr">
+      <x:c r="F227" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G227" t="inlineStr">
         <x:is>
           <x:t>70.29</x:t>
         </x:is>
       </x:c>
-      <x:c r="H218" t="inlineStr">
+      <x:c r="H227" t="inlineStr">
         <x:is>
           <x:t>3.43</x:t>
         </x:is>
       </x:c>
-      <x:c r="I218" t="inlineStr">
+      <x:c r="I227" t="inlineStr">
         <x:is>
           <x:t>DEGREES F</x:t>
         </x:is>
       </x:c>
-      <x:c r="J218" t="inlineStr">
+      <x:c r="J227" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="228">
+      <x:c r="A228" t="inlineStr">
+        <x:is>
+          <x:t>09/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B228" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C228" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D228" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E228" t="inlineStr">
+        <x:is>
+          <x:t>0</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F228" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G228" t="inlineStr">
+        <x:is>
+          <x:t>22.42</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H228" t="inlineStr">
+        <x:is>
+          <x:t>6.76</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I228" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J228" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="229">
+      <x:c r="A229" t="inlineStr">
+        <x:is>
+          <x:t>09/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B229" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C229" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D229" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E229" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F229" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G229" t="inlineStr">
+        <x:is>
+          <x:t>21.92</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H229" t="inlineStr">
+        <x:is>
+          <x:t>6.38</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I229" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J229" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="230">
+      <x:c r="A230" t="inlineStr">
+        <x:is>
+          <x:t>09/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B230" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C230" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D230" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E230" t="inlineStr">
+        <x:is>
+          <x:t>6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F230" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G230" t="inlineStr">
+        <x:is>
+          <x:t>21.71</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H230" t="inlineStr">
+        <x:is>
+          <x:t>5.26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I230" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J230" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>