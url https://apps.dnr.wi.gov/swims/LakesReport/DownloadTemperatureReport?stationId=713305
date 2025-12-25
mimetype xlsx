--- v0 (2025-10-20)
+++ v1 (2025-12-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R594a943080da4853" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178a1471b1644b74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R11d310ebaf2949a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R79fea74757b94c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R11d310ebaf2949a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R79fea74757b94c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>
@@ -835,28 +835,184 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G16" t="inlineStr">
         <x:is>
           <x:t>25.3</x:t>
         </x:is>
       </x:c>
       <x:c r="H16" t="inlineStr">
         <x:is>
           <x:t>7.13</x:t>
         </x:is>
       </x:c>
       <x:c r="I16" t="inlineStr">
         <x:is>
           <x:t>DEGREES C</x:t>
         </x:is>
       </x:c>
       <x:c r="J16" t="inlineStr">
         <x:is>
           <x:t>MG/L</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="17">
+      <x:c r="A17" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B17" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C17" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D17" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E17" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F17" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G17" t="inlineStr">
+        <x:is>
+          <x:t>17.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H17" t="inlineStr">
+        <x:is>
+          <x:t>10.36</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I17" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J17" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="18">
+      <x:c r="A18" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B18" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C18" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D18" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E18" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F18" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G18" t="inlineStr">
+        <x:is>
+          <x:t>17.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H18" t="inlineStr">
+        <x:is>
+          <x:t>10.29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I18" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J18" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" t="inlineStr">
+        <x:is>
+          <x:t>09/09/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B19" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C19" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D19" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E19" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F19" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G19" t="inlineStr">
+        <x:is>
+          <x:t>17.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H19" t="inlineStr">
+        <x:is>
+          <x:t>10.16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I19" t="inlineStr">
+        <x:is>
+          <x:t>DEGREES C</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J19" t="inlineStr">
+        <x:is>
+          <x:t>MG/L</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>