--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178a1471b1644b74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R042bb00b7a4d4dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R79fea74757b94c9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd4e441cd991942c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R79fea74757b94c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd4e441cd991942c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startyear</x:t>
         </x:is>