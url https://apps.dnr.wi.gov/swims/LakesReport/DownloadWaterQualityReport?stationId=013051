--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65db567269e544f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c719d704d346de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1d2be3d27ac64e92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0325cc9abc2d4530"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d2be3d27ac64e92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0325cc9abc2d4530" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -10678,209 +10678,577 @@
       </x:c>
       <x:c r="O116" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P116" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q116" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R116" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>381510452</x:t>
         </x:is>
       </x:c>
       <x:c r="B117" t="inlineStr">
         <x:is>
-          <x:t>06/24/2025</x:t>
+          <x:t>05/07/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C117" t="inlineStr">
         <x:is>
-          <x:t>06</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="D117" t="inlineStr">
         <x:is>
-          <x:t>24</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="E117" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F117" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6</x:t>
         </x:is>
       </x:c>
       <x:c r="G117" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H117" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1.8</x:t>
         </x:is>
       </x:c>
       <x:c r="I117" t="inlineStr">
         <x:is>
-          <x:t>7</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J117" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K117" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>51</x:t>
         </x:is>
       </x:c>
       <x:c r="L117" t="inlineStr">
         <x:is>
-          <x:t>55</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M117" t="inlineStr">
         <x:is>
-          <x:t>50</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N117" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O117" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P117" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q117" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R117" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" t="inlineStr">
         <x:is>
+          <x:t>381510452</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B118" t="inlineStr">
+        <x:is>
+          <x:t>06/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C118" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D118" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E118" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F118" t="inlineStr">
+        <x:is>
+          <x:t>2.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G118" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H118" t="inlineStr">
+        <x:is>
+          <x:t>0.8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K118" t="inlineStr">
+        <x:is>
+          <x:t>64</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N118" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O118" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P118" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q118" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R118" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="119">
+      <x:c r="A119" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B118" t="inlineStr">
+      <x:c r="B119" t="inlineStr">
+        <x:is>
+          <x:t>06/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C119" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D119" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E119" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I119" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L119" t="inlineStr">
+        <x:is>
+          <x:t>55</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M119" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R119" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="120">
+      <x:c r="A120" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B120" t="inlineStr">
         <x:is>
           <x:t>08/10/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C118" t="inlineStr">
+      <x:c r="C120" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D118" t="inlineStr">
+      <x:c r="D120" t="inlineStr">
         <x:is>
           <x:t>10</x:t>
         </x:is>
       </x:c>
-      <x:c r="E118" t="inlineStr">
+      <x:c r="E120" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F118" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I118" t="inlineStr">
+      <x:c r="F120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I120" t="inlineStr">
         <x:is>
           <x:t>17</x:t>
         </x:is>
       </x:c>
-      <x:c r="J118" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L118" t="inlineStr">
+      <x:c r="J120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L120" t="inlineStr">
         <x:is>
           <x:t>54</x:t>
         </x:is>
       </x:c>
-      <x:c r="M118" t="inlineStr">
+      <x:c r="M120" t="inlineStr">
         <x:is>
           <x:t>56</x:t>
         </x:is>
       </x:c>
-      <x:c r="N118" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R120" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="121">
+      <x:c r="A121" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B121" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C121" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D121" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E121" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I121" t="inlineStr">
+        <x:is>
+          <x:t>7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L121" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M121" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R121" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="122">
+      <x:c r="A122" t="inlineStr">
+        <x:is>
+          <x:t>381510452</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B122" t="inlineStr">
+        <x:is>
+          <x:t>09/13/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C122" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D122" t="inlineStr">
+        <x:is>
+          <x:t>13</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E122" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F122" t="inlineStr">
+        <x:is>
+          <x:t>5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G122" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H122" t="inlineStr">
+        <x:is>
+          <x:t>1.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K122" t="inlineStr">
+        <x:is>
+          <x:t>54</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N122" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O122" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P122" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q122" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R122" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>