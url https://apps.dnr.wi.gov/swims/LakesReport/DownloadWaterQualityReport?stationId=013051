--- v1 (2025-11-15)
+++ v2 (2026-01-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30c719d704d346de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c99cda188024a9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R0325cc9abc2d4530"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcdda664c0cd0418c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0325cc9abc2d4530" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcdda664c0cd0418c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>