--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5df10aefea14542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193e7113910c4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R543c80c6f19a4c30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcc0766bec997433d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R543c80c6f19a4c30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc0766bec997433d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -15186,209 +15186,301 @@
       </x:c>
       <x:c r="O165" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P165" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q165" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R165" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="166">
       <x:c r="A166" t="inlineStr">
         <x:is>
-          <x:t>322132449</x:t>
+          <x:t>145287167</x:t>
         </x:is>
       </x:c>
       <x:c r="B166" t="inlineStr">
         <x:is>
           <x:t>06/19/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C166" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D166" t="inlineStr">
         <x:is>
           <x:t>19</x:t>
         </x:is>
       </x:c>
       <x:c r="E166" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>20</x:t>
         </x:is>
       </x:c>
       <x:c r="G166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>6.1</x:t>
         </x:is>
       </x:c>
       <x:c r="I166" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J166" t="inlineStr">
         <x:is>
-          <x:t>23</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="K166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>34</x:t>
         </x:is>
       </x:c>
       <x:c r="L166" t="inlineStr">
         <x:is>
-          <x:t>52</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M166" t="inlineStr">
         <x:is>
-          <x:t>44</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O166" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R166" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="167">
       <x:c r="A167" t="inlineStr">
         <x:is>
+          <x:t>322132449</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B167" t="inlineStr">
+        <x:is>
+          <x:t>06/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C167" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D167" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E167" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I167" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J167" t="inlineStr">
+        <x:is>
+          <x:t>23</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L167" t="inlineStr">
+        <x:is>
+          <x:t>52</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M167" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R167" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="168">
+      <x:c r="A168" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B167" t="inlineStr">
+      <x:c r="B168" t="inlineStr">
         <x:is>
           <x:t>08/20/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C167" t="inlineStr">
+      <x:c r="C168" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D167" t="inlineStr">
+      <x:c r="D168" t="inlineStr">
         <x:is>
           <x:t>20</x:t>
         </x:is>
       </x:c>
-      <x:c r="E167" t="inlineStr">
+      <x:c r="E168" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F167" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I167" t="inlineStr">
+      <x:c r="F168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I168" t="inlineStr">
         <x:is>
           <x:t>2</x:t>
         </x:is>
       </x:c>
-      <x:c r="J167" t="inlineStr">
-[...9 lines deleted...]
-      <x:c r="L167" t="inlineStr">
+      <x:c r="J168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L168" t="inlineStr">
         <x:is>
           <x:t>45</x:t>
         </x:is>
       </x:c>
-      <x:c r="M167" t="inlineStr">
+      <x:c r="M168" t="inlineStr">
         <x:is>
           <x:t>40</x:t>
         </x:is>
       </x:c>
-      <x:c r="N167" t="inlineStr">
-[...19 lines deleted...]
-      <x:c r="R167" t="inlineStr">
+      <x:c r="N168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q168" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R168" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>