--- v1 (2025-11-15)
+++ v2 (2026-02-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193e7113910c4942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57530ac9ffaa4162" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rcc0766bec997433d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfc646a06ee444f32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcc0766bec997433d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc646a06ee444f32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>