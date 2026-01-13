--- v0 (2025-11-26)
+++ v1 (2026-01-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8240b1ee6394762" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd6faf259414c2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R59805e377fda4ac9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfbf6abcdc4b5419c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R59805e377fda4ac9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfbf6abcdc4b5419c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -11503,28 +11503,304 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O125" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P125" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q125" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R125" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="126">
+      <x:c r="A126" t="inlineStr">
+        <x:is>
+          <x:t>358245834</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B126" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C126" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D126" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E126" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F126" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G126" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H126" t="inlineStr">
+        <x:is>
+          <x:t>2.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K126" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N126" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O126" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P126" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q126" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R126" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="127">
+      <x:c r="A127" t="inlineStr">
+        <x:is>
+          <x:t>358245834</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B127" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C127" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D127" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E127" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G127" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N127" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O127" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P127" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q127" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R127" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="128">
+      <x:c r="A128" t="inlineStr">
+        <x:is>
+          <x:t>358245834</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B128" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C128" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D128" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E128" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G128" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N128" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O128" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P128" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q128" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R128" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>