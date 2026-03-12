--- v1 (2026-01-13)
+++ v2 (2026-03-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dd6faf259414c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9eae2a490dc49d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rfbf6abcdc4b5419c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc98d3d07efa646cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfbf6abcdc4b5419c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc98d3d07efa646cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>