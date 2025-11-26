--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89ac9642a5214cd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31f91c16cb0b42c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9714217f82a34336"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rabbf1c8a08434d1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9714217f82a34336" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rabbf1c8a08434d1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -15643,28 +15643,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O170" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P170" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q170" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R170" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="171">
+      <x:c r="A171" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B171" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C171" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D171" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E171" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I171" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M171" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>