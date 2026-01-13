--- v1 (2025-11-26)
+++ v2 (2026-01-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31f91c16cb0b42c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de8fb1843674c75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rabbf1c8a08434d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd3fe7ba5fb9c43fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rabbf1c8a08434d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3fe7ba5fb9c43fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -15462,136 +15462,136 @@
       </x:c>
       <x:c r="O168" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P168" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q168" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R168" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="169">
       <x:c r="A169" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>358245834</x:t>
         </x:is>
       </x:c>
       <x:c r="B169" t="inlineStr">
         <x:is>
           <x:t>06/26/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C169" t="inlineStr">
         <x:is>
           <x:t>06</x:t>
         </x:is>
       </x:c>
       <x:c r="D169" t="inlineStr">
         <x:is>
           <x:t>26</x:t>
         </x:is>
       </x:c>
       <x:c r="E169" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F169" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>8.5</x:t>
         </x:is>
       </x:c>
       <x:c r="G169" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H169" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I169" t="inlineStr">
         <x:is>
           <x:t>7</x:t>
         </x:is>
       </x:c>
       <x:c r="J169" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K169" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>46</x:t>
         </x:is>
       </x:c>
       <x:c r="L169" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
       <x:c r="M169" t="inlineStr">
         <x:is>
           <x:t>49</x:t>
         </x:is>
       </x:c>
       <x:c r="N169" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O169" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P169" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q169" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R169" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="170">
       <x:c r="A170" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B170" t="inlineStr">
         <x:is>
           <x:t>07/29/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C170" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D170" t="inlineStr">
         <x:is>
           <x:t>29</x:t>
         </x:is>
       </x:c>
       <x:c r="E170" t="inlineStr">
@@ -15646,117 +15646,301 @@
       </x:c>
       <x:c r="O170" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P170" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q170" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R170" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="171">
       <x:c r="A171" t="inlineStr">
         <x:is>
+          <x:t>358245834</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B171" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C171" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D171" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E171" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F171" t="inlineStr">
+        <x:is>
+          <x:t>9.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G171" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H171" t="inlineStr">
+        <x:is>
+          <x:t>2.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K171" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N171" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O171" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P171" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q171" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R171" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="172">
+      <x:c r="A172" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B171" t="inlineStr">
+      <x:c r="B172" t="inlineStr">
         <x:is>
           <x:t>09/12/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C171" t="inlineStr">
+      <x:c r="C172" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D171" t="inlineStr">
+      <x:c r="D172" t="inlineStr">
         <x:is>
           <x:t>12</x:t>
         </x:is>
       </x:c>
-      <x:c r="E171" t="inlineStr">
+      <x:c r="E172" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F171" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I171" t="inlineStr">
+      <x:c r="F172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I172" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="J171" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="M171" t="inlineStr">
+      <x:c r="J172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M172" t="inlineStr">
         <x:is>
           <x:t>45</x:t>
         </x:is>
       </x:c>
-      <x:c r="N171" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R172" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="173">
+      <x:c r="A173" t="inlineStr">
+        <x:is>
+          <x:t>358245834</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B173" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C173" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D173" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E173" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F173" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G173" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H173" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K173" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N173" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O173" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P173" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q173" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R173" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>