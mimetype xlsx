--- v2 (2026-01-13)
+++ v3 (2026-03-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de8fb1843674c75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd089fb1331da4180" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rd3fe7ba5fb9c43fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R663488f780c843b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3fe7ba5fb9c43fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R663488f780c843b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>