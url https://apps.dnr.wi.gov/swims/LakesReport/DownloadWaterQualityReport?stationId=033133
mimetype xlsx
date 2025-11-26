--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219e326daeae4d78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb560b75caacd4d6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re6f2005bd21c4cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R281850eeb8ce4bfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re6f2005bd21c4cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R281850eeb8ce4bfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>