--- v1 (2025-11-26)
+++ v2 (2026-01-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb560b75caacd4d6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0bf8e606ca4221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R281850eeb8ce4bfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf3463b2f74044cf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R281850eeb8ce4bfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3463b2f74044cf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -11227,28 +11227,304 @@
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O122" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P122" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q122" t="inlineStr">
         <x:is>
           <x:t>BLUE</x:t>
         </x:is>
       </x:c>
       <x:c r="R122" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="123">
+      <x:c r="A123" t="inlineStr">
+        <x:is>
+          <x:t>358245834</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B123" t="inlineStr">
+        <x:is>
+          <x:t>06/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C123" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D123" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E123" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F123" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G123" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H123" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K123" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N123" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O123" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P123" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q123" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R123" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="124">
+      <x:c r="A124" t="inlineStr">
+        <x:is>
+          <x:t>358245834</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B124" t="inlineStr">
+        <x:is>
+          <x:t>07/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C124" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D124" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E124" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F124" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G124" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H124" t="inlineStr">
+        <x:is>
+          <x:t>2.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K124" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N124" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O124" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P124" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q124" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R124" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="125">
+      <x:c r="A125" t="inlineStr">
+        <x:is>
+          <x:t>358245834</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B125" t="inlineStr">
+        <x:is>
+          <x:t>09/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C125" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D125" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E125" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F125" t="inlineStr">
+        <x:is>
+          <x:t>8.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G125" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H125" t="inlineStr">
+        <x:is>
+          <x:t>2.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K125" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N125" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O125" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P125" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q125" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R125" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>