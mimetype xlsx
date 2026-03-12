--- v2 (2026-01-13)
+++ v3 (2026-03-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0bf8e606ca4221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R505eebf3902f49fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf3463b2f74044cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R7f244f1239494284"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf3463b2f74044cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7f244f1239494284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>