--- v0 (2025-10-16)
+++ v1 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe7345c616ce4caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185dc9e6874e414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rdddd17e9f8a34646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R920c09e39268438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdddd17e9f8a34646" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R920c09e39268438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -34322,209 +34322,301 @@
       </x:c>
       <x:c r="O373" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P373" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q373" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R373" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="374">
       <x:c r="A374" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>372063662</x:t>
         </x:is>
       </x:c>
       <x:c r="B374" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>07/27/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C374" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D374" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>27</x:t>
         </x:is>
       </x:c>
       <x:c r="E374" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F374" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>11</x:t>
         </x:is>
       </x:c>
       <x:c r="G374" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H374" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>3.3</x:t>
         </x:is>
       </x:c>
       <x:c r="I374" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J374" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K374" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>43</x:t>
         </x:is>
       </x:c>
       <x:c r="L374" t="inlineStr">
         <x:is>
-          <x:t>50</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M374" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N374" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O374" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P374" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q374" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R374" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="375">
       <x:c r="A375" t="inlineStr">
         <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B375" t="inlineStr">
         <x:is>
+          <x:t>07/28/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C375" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D375" t="inlineStr">
+        <x:is>
+          <x:t>28</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E375" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I375" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L375" t="inlineStr">
+        <x:is>
+          <x:t>50</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M375" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R375" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="376">
+      <x:c r="A376" t="inlineStr">
+        <x:is>
+          <x:t>372063662</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B376" t="inlineStr">
+        <x:is>
           <x:t>08/31/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C375" t="inlineStr">
+      <x:c r="C376" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
-      <x:c r="D375" t="inlineStr">
+      <x:c r="D376" t="inlineStr">
         <x:is>
           <x:t>31</x:t>
         </x:is>
       </x:c>
-      <x:c r="E375" t="inlineStr">
+      <x:c r="E376" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F375" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I375" t="inlineStr">
+      <x:c r="F376" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G376" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H376" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I376" t="inlineStr">
         <x:is>
           <x:t>8</x:t>
         </x:is>
       </x:c>
-      <x:c r="J375" t="inlineStr">
+      <x:c r="J376" t="inlineStr">
         <x:is>
           <x:t>16</x:t>
         </x:is>
       </x:c>
-      <x:c r="K375" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="L375" t="inlineStr">
+      <x:c r="K376" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L376" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
-      <x:c r="M375" t="inlineStr">
+      <x:c r="M376" t="inlineStr">
         <x:is>
           <x:t>50</x:t>
         </x:is>
       </x:c>
-      <x:c r="N375" t="inlineStr">
-[...21 lines deleted...]
-          <x:t/>
+      <x:c r="N376" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O376" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P376" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q376" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R376" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>