--- v1 (2026-01-23)
+++ v2 (2026-03-13)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185dc9e6874e414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6169d571844afd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R920c09e39268438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9b7f2cdfd98e4a1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R920c09e39268438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9b7f2cdfd98e4a1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>