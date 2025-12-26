--- v0 (2025-11-07)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb3fe374eb8a41d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96a0ce2ee4874052" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R98765f7fe7694a6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3edd0fad563e471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R98765f7fe7694a6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3edd0fad563e471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>