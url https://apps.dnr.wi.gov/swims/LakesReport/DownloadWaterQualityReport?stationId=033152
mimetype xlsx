--- v1 (2025-12-26)
+++ v2 (2026-02-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96a0ce2ee4874052" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4a519fcc1d464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R3edd0fad563e471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rb0619fe6ab3c4d5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3edd0fad563e471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb0619fe6ab3c4d5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -40023,28 +40023,396 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O435" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P435" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q435" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R435" t="inlineStr">
         <x:is>
           <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="436">
+      <x:c r="A436" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B436" t="inlineStr">
+        <x:is>
+          <x:t>06/02/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C436" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D436" t="inlineStr">
+        <x:is>
+          <x:t>02</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E436" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F436" t="inlineStr">
+        <x:is>
+          <x:t>5.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G436" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H436" t="inlineStr">
+        <x:is>
+          <x:t>1.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I436" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J436" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K436" t="inlineStr">
+        <x:is>
+          <x:t>53</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L436" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M436" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N436" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O436" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P436" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q436" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R436" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="437">
+      <x:c r="A437" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B437" t="inlineStr">
+        <x:is>
+          <x:t>06/21/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C437" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D437" t="inlineStr">
+        <x:is>
+          <x:t>21</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E437" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F437" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G437" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H437" t="inlineStr">
+        <x:is>
+          <x:t>0.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I437" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J437" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K437" t="inlineStr">
+        <x:is>
+          <x:t>61</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L437" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M437" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N437" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O437" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P437" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q437" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R437" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="438">
+      <x:c r="A438" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B438" t="inlineStr">
+        <x:is>
+          <x:t>07/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C438" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D438" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E438" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F438" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G438" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H438" t="inlineStr">
+        <x:is>
+          <x:t>0.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I438" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J438" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K438" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L438" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M438" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N438" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O438" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P438" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q438" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R438" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="439">
+      <x:c r="A439" t="inlineStr">
+        <x:is>
+          <x:t>358727395</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B439" t="inlineStr">
+        <x:is>
+          <x:t>08/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C439" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D439" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E439" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F439" t="inlineStr">
+        <x:is>
+          <x:t>2</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G439" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H439" t="inlineStr">
+        <x:is>
+          <x:t>0.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I439" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J439" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K439" t="inlineStr">
+        <x:is>
+          <x:t>67</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L439" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M439" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N439" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O439" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P439" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q439" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R439" t="inlineStr">
+        <x:is>
+          <x:t>3-Enjoyment somewhat impaired (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>