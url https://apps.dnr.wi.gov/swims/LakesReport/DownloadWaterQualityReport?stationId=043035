--- v0 (2025-10-07)
+++ v1 (2026-01-28)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77063ef3afa746e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33079cb3525f4323" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rf498a9ebd88c4ad1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rea386d02c9a04747"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf498a9ebd88c4ad1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rea386d02c9a04747" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -45911,28 +45911,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="500">
+      <x:c r="A500" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B500" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C500" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D500" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E500" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I500" t="inlineStr">
+        <x:is>
+          <x:t>4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J500" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="K500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L500" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M500" t="inlineStr">
+        <x:is>
+          <x:t>46</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>