--- v1 (2026-01-28)
+++ v2 (2026-03-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33079cb3525f4323" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2be10176204a4547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rea386d02c9a04747"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1cddabb52a694614"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rea386d02c9a04747" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1cddabb52a694614" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -45638,393 +45638,669 @@
       </x:c>
       <x:c r="O496" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P496" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q496" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R496" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="497">
       <x:c r="A497" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>357720852</x:t>
         </x:is>
       </x:c>
       <x:c r="B497" t="inlineStr">
         <x:is>
-          <x:t>07/28/2025</x:t>
+          <x:t>07/15/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C497" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D497" t="inlineStr">
         <x:is>
-          <x:t>28</x:t>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="E497" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F497" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>15</x:t>
         </x:is>
       </x:c>
       <x:c r="G497" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NO</x:t>
         </x:is>
       </x:c>
       <x:c r="H497" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>4.6</x:t>
         </x:is>
       </x:c>
       <x:c r="I497" t="inlineStr">
         <x:is>
-          <x:t>2</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="J497" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K497" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>38</x:t>
         </x:is>
       </x:c>
       <x:c r="L497" t="inlineStr">
         <x:is>
-          <x:t>47</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="M497" t="inlineStr">
         <x:is>
-          <x:t>39</x:t>
+          <x:t/>
         </x:is>
       </x:c>
       <x:c r="N497" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O497" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P497" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q497" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R497" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="498">
       <x:c r="A498" t="inlineStr">
         <x:is>
-          <x:t>209700783</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="B498" t="inlineStr">
         <x:is>
-          <x:t>08/05/2025</x:t>
+          <x:t>07/28/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C498" t="inlineStr">
         <x:is>
-          <x:t>08</x:t>
+          <x:t>07</x:t>
         </x:is>
       </x:c>
       <x:c r="D498" t="inlineStr">
         <x:is>
-          <x:t>05</x:t>
+          <x:t>28</x:t>
         </x:is>
       </x:c>
       <x:c r="E498" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F498" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G498" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H498" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I498" t="inlineStr">
         <x:is>
-          <x:t>1</x:t>
+          <x:t>2</x:t>
         </x:is>
       </x:c>
       <x:c r="J498" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K498" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L498" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="M498" t="inlineStr">
         <x:is>
-          <x:t>37</x:t>
+          <x:t>39</x:t>
         </x:is>
       </x:c>
       <x:c r="N498" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O498" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P498" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q498" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R498" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="499">
       <x:c r="A499" t="inlineStr">
         <x:is>
           <x:t>209700783</x:t>
         </x:is>
       </x:c>
       <x:c r="B499" t="inlineStr">
         <x:is>
-          <x:t>08/26/2025</x:t>
+          <x:t>08/05/2025</x:t>
         </x:is>
       </x:c>
       <x:c r="C499" t="inlineStr">
         <x:is>
           <x:t>08</x:t>
         </x:is>
       </x:c>
       <x:c r="D499" t="inlineStr">
         <x:is>
-          <x:t>26</x:t>
+          <x:t>05</x:t>
         </x:is>
       </x:c>
       <x:c r="E499" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
       <x:c r="F499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="G499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="H499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="I499" t="inlineStr">
         <x:is>
-          <x:t>3</x:t>
+          <x:t>1</x:t>
         </x:is>
       </x:c>
       <x:c r="J499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="K499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="L499" t="inlineStr">
         <x:is>
-          <x:t/>
+          <x:t>47</x:t>
         </x:is>
       </x:c>
       <x:c r="M499" t="inlineStr">
         <x:is>
-          <x:t>43</x:t>
+          <x:t>37</x:t>
         </x:is>
       </x:c>
       <x:c r="N499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R499" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
     <x:row r="500">
       <x:c r="A500" t="inlineStr">
         <x:is>
+          <x:t>357720852</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B500" t="inlineStr">
+        <x:is>
+          <x:t>08/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C500" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D500" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E500" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F500" t="inlineStr">
+        <x:is>
+          <x:t>14.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G500" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H500" t="inlineStr">
+        <x:is>
+          <x:t>4.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K500" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N500" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O500" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P500" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q500" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R500" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="501">
+      <x:c r="A501" t="inlineStr">
+        <x:is>
+          <x:t>209700783</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B501" t="inlineStr">
+        <x:is>
+          <x:t>08/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C501" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D501" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E501" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I501" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M501" t="inlineStr">
+        <x:is>
+          <x:t>43</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R501" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="502">
+      <x:c r="A502" t="inlineStr">
+        <x:is>
+          <x:t>357720852</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B502" t="inlineStr">
+        <x:is>
+          <x:t>08/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C502" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D502" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E502" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F502" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G502" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H502" t="inlineStr">
+        <x:is>
+          <x:t>3.6</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I502" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J502" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K502" t="inlineStr">
+        <x:is>
+          <x:t>41</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L502" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M502" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N502" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O502" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P502" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q502" t="inlineStr">
+        <x:is>
+          <x:t>BLUE</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R502" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="503">
+      <x:c r="A503" t="inlineStr">
+        <x:is>
           <x:t>1</x:t>
         </x:is>
       </x:c>
-      <x:c r="B500" t="inlineStr">
+      <x:c r="B503" t="inlineStr">
         <x:is>
           <x:t>09/07/2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="C500" t="inlineStr">
+      <x:c r="C503" t="inlineStr">
         <x:is>
           <x:t>09</x:t>
         </x:is>
       </x:c>
-      <x:c r="D500" t="inlineStr">
+      <x:c r="D503" t="inlineStr">
         <x:is>
           <x:t>07</x:t>
         </x:is>
       </x:c>
-      <x:c r="E500" t="inlineStr">
+      <x:c r="E503" t="inlineStr">
         <x:is>
           <x:t>2025</x:t>
         </x:is>
       </x:c>
-      <x:c r="F500" t="inlineStr">
-[...14 lines deleted...]
-      <x:c r="I500" t="inlineStr">
+      <x:c r="F503" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G503" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H503" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I503" t="inlineStr">
         <x:is>
           <x:t>4</x:t>
         </x:is>
       </x:c>
-      <x:c r="J500" t="inlineStr">
+      <x:c r="J503" t="inlineStr">
         <x:is>
           <x:t>11</x:t>
         </x:is>
       </x:c>
-      <x:c r="K500" t="inlineStr">
-[...4 lines deleted...]
-      <x:c r="L500" t="inlineStr">
+      <x:c r="K503" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L503" t="inlineStr">
         <x:is>
           <x:t>47</x:t>
         </x:is>
       </x:c>
-      <x:c r="M500" t="inlineStr">
+      <x:c r="M503" t="inlineStr">
         <x:is>
           <x:t>46</x:t>
         </x:is>
       </x:c>
-      <x:c r="N500" t="inlineStr">
-[...19 lines deleted...]
-      <x:c r="R500" t="inlineStr">
+      <x:c r="N503" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O503" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P503" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q503" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R503" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>