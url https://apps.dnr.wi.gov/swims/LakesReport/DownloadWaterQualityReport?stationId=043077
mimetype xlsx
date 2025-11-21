--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R563236dab3fc4482" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91252b301a9b4030" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R400b7a5d1a1e432b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rad2df671b7504aec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R400b7a5d1a1e432b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad2df671b7504aec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -17207,28 +17207,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O187" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P187" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q187" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R187" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="188">
+      <x:c r="A188" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B188" t="inlineStr">
+        <x:is>
+          <x:t>09/07/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C188" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D188" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E188" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I188" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="J188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L188" t="inlineStr">
+        <x:is>
+          <x:t>49</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="M188" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="N188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R188" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>