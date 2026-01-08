--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91252b301a9b4030" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45a98b8270034dae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rad2df671b7504aec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R18cc0d78c6154ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rad2df671b7504aec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18cc0d78c6154ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>