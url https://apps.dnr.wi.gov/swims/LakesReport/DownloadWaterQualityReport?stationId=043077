--- v2 (2026-01-08)
+++ v3 (2026-02-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45a98b8270034dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R436ca7b14dcd43de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R18cc0d78c6154ca5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2890e8f818e2400d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18cc0d78c6154ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2890e8f818e2400d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>