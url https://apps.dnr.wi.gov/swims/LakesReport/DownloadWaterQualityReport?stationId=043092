--- v0 (2025-11-06)
+++ v1 (2025-12-26)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bd0533cd2104e51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc819cf1b29be4ea6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R701936f786284d1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Raf5886b397984dbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R701936f786284d1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raf5886b397984dbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -41403,28 +41403,120 @@
         <x:is>
           <x:t>LOW</x:t>
         </x:is>
       </x:c>
       <x:c r="O450" t="inlineStr">
         <x:is>
           <x:t>0.9</x:t>
         </x:is>
       </x:c>
       <x:c r="P450" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q450" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R450" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="451">
+      <x:c r="A451" t="inlineStr">
+        <x:is>
+          <x:t>296990140</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B451" t="inlineStr">
+        <x:is>
+          <x:t>11/24/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C451" t="inlineStr">
+        <x:is>
+          <x:t>11</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D451" t="inlineStr">
+        <x:is>
+          <x:t>24</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E451" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F451" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G451" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H451" t="inlineStr">
+        <x:is>
+          <x:t>3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K451" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M451" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N451" t="inlineStr">
+        <x:is>
+          <x:t>LOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O451" t="inlineStr">
+        <x:is>
+          <x:t>0.85</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="P451" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q451" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R451" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>