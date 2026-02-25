--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc819cf1b29be4ea6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85fd5811e71b44c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Raf5886b397984dbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re100e9f404f64395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raf5886b397984dbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re100e9f404f64395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>