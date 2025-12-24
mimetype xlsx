--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R903f64d7ebe34ef8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R460b5cce8e304501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1879ee28b9894876"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6b1ac8d2c0684ab8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1879ee28b9894876" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b1ac8d2c0684ab8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -22451,28 +22451,120 @@
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="O244" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P244" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="Q244" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="R244" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="245">
+      <x:c r="A245" t="inlineStr">
+        <x:is>
+          <x:t>1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B245" t="inlineStr">
+        <x:is>
+          <x:t>10/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C245" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D245" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E245" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="G245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="H245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="I245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="L245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="O245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="Q245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="R245" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>