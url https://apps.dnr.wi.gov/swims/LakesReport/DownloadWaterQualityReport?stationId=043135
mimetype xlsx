--- v1 (2025-12-24)
+++ v2 (2026-02-25)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R460b5cce8e304501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022fdfb3af9b4293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6b1ac8d2c0684ab8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rea3d92ec19934597"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6b1ac8d2c0684ab8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rea3d92ec19934597" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>