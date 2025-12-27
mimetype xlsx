--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf816dff9756d49d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1bde5faab0e4897" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Re70d0eb35d9f4800"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2c910a071b044c06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re70d0eb35d9f4800" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c910a071b044c06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -19875,28 +19875,120 @@
         <x:is>
           <x:t>HIGH</x:t>
         </x:is>
       </x:c>
       <x:c r="O216" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P216" t="inlineStr">
         <x:is>
           <x:t>CLEAR</x:t>
         </x:is>
       </x:c>
       <x:c r="Q216" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R216" t="inlineStr">
         <x:is>
           <x:t>2-Very minor aesthetic problems</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="217">
+      <x:c r="A217" t="inlineStr">
+        <x:is>
+          <x:t>19301772</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B217" t="inlineStr">
+        <x:is>
+          <x:t>10/29/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C217" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D217" t="inlineStr">
+        <x:is>
+          <x:t>29</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E217" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F217" t="inlineStr">
+        <x:is>
+          <x:t>7.5</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G217" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H217" t="inlineStr">
+        <x:is>
+          <x:t>2.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K217" t="inlineStr">
+        <x:is>
+          <x:t>48</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N217" t="inlineStr">
+        <x:is>
+          <x:t>HIGH</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O217" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P217" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q217" t="inlineStr">
+        <x:is>
+          <x:t>GREEN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R217" t="inlineStr">
+        <x:is>
+          <x:t>4-Would not swim but boating OK (algae)</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>