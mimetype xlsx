--- v1 (2025-12-27)
+++ v2 (2026-02-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1bde5faab0e4897" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7802d78f9a59435d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R2c910a071b044c06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9bcd55445f274651"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c910a071b044c06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9bcd55445f274651" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>