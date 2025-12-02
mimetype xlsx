--- v0 (2025-10-08)
+++ v1 (2025-12-02)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f4daea0501460b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff75a18d6aed40a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R6dc09d4efb1644fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc46535d328104838"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6dc09d4efb1644fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc46535d328104838" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -4971,28 +4971,396 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O54" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P54" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q54" t="inlineStr">
         <x:is>
           <x:t>BROWN</x:t>
         </x:is>
       </x:c>
       <x:c r="R54" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="55">
+      <x:c r="A55" t="inlineStr">
+        <x:is>
+          <x:t>359956641</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B55" t="inlineStr">
+        <x:is>
+          <x:t>04/19/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C55" t="inlineStr">
+        <x:is>
+          <x:t>04</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D55" t="inlineStr">
+        <x:is>
+          <x:t>19</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E55" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F55" t="inlineStr">
+        <x:is>
+          <x:t>6.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G55" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H55" t="inlineStr">
+        <x:is>
+          <x:t>1.9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K55" t="inlineStr">
+        <x:is>
+          <x:t>51</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N55" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O55" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P55" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q55" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R55" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="56">
+      <x:c r="A56" t="inlineStr">
+        <x:is>
+          <x:t>359956641</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B56" t="inlineStr">
+        <x:is>
+          <x:t>05/31/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C56" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D56" t="inlineStr">
+        <x:is>
+          <x:t>31</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E56" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F56" t="inlineStr">
+        <x:is>
+          <x:t>8</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G56" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H56" t="inlineStr">
+        <x:is>
+          <x:t>2.4</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K56" t="inlineStr">
+        <x:is>
+          <x:t>47</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N56" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O56" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P56" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q56" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R56" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="57">
+      <x:c r="A57" t="inlineStr">
+        <x:is>
+          <x:t>359956641</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B57" t="inlineStr">
+        <x:is>
+          <x:t>07/26/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C57" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D57" t="inlineStr">
+        <x:is>
+          <x:t>26</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E57" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F57" t="inlineStr">
+        <x:is>
+          <x:t>10.25</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G57" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H57" t="inlineStr">
+        <x:is>
+          <x:t>3.1</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K57" t="inlineStr">
+        <x:is>
+          <x:t>44</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N57" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O57" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P57" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q57" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R57" t="inlineStr">
+        <x:is>
+          <x:t>2-Very minor aesthetic problems</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="58">
+      <x:c r="A58" t="inlineStr">
+        <x:is>
+          <x:t>359956641</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B58" t="inlineStr">
+        <x:is>
+          <x:t>08/30/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C58" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D58" t="inlineStr">
+        <x:is>
+          <x:t>30</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E58" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F58" t="inlineStr">
+        <x:is>
+          <x:t>9</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G58" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H58" t="inlineStr">
+        <x:is>
+          <x:t>2.7</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K58" t="inlineStr">
+        <x:is>
+          <x:t>45</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N58" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O58" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P58" t="inlineStr">
+        <x:is>
+          <x:t>CLEAR</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q58" t="inlineStr">
+        <x:is>
+          <x:t>YELLOW</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R58" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>