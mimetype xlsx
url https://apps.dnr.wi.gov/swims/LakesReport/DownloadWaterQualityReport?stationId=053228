--- v1 (2025-12-02)
+++ v2 (2026-01-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff75a18d6aed40a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d097a1c87e54099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rc46535d328104838"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R873c52e0dc694930"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc46535d328104838" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R873c52e0dc694930" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>