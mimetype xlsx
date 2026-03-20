--- v2 (2026-01-23)
+++ v3 (2026-03-20)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d097a1c87e54099" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe41c5261a946d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R873c52e0dc694930"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R1b1fc80a6be84672"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R873c52e0dc694930" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1b1fc80a6be84672" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>