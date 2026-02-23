--- v0 (2025-10-07)
+++ v1 (2026-02-23)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1e35a55be0542d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R922d8dd4bd1448e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="Microsoft Office Excel"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="Rbc24d900761f48f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheet1" sheetId="1" r:id="R9deaeea60f5847ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbc24d900761f48f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9deaeea60f5847ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="inlineStr">
         <x:is>
           <x:t>Group Seq No</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" t="inlineStr">
         <x:is>
           <x:t>Startdate</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" t="inlineStr">
         <x:is>
           <x:t>Startmonth</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" t="inlineStr">
         <x:is>
           <x:t>Startday</x:t>
         </x:is>
@@ -24107,28 +24107,1040 @@
         <x:is>
           <x:t>NORMAL</x:t>
         </x:is>
       </x:c>
       <x:c r="O262" t="inlineStr">
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="P262" t="inlineStr">
         <x:is>
           <x:t>MURKY</x:t>
         </x:is>
       </x:c>
       <x:c r="Q262" t="inlineStr">
         <x:is>
           <x:t>GREEN</x:t>
         </x:is>
       </x:c>
       <x:c r="R262" t="inlineStr">
         <x:is>
           <x:t>1-Beautiful, could not be nicer</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row r="263">
+      <x:c r="A263" t="inlineStr">
+        <x:is>
+          <x:t>16069583</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B263" t="inlineStr">
+        <x:is>
+          <x:t>06/05/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C263" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D263" t="inlineStr">
+        <x:is>
+          <x:t>05</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E263" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F263" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G263" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H263" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I263" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J263" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K263" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L263" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M263" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N263" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O263" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P263" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q263" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R263" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="264">
+      <x:c r="A264" t="inlineStr">
+        <x:is>
+          <x:t>16069583</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B264" t="inlineStr">
+        <x:is>
+          <x:t>06/16/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C264" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D264" t="inlineStr">
+        <x:is>
+          <x:t>16</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E264" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F264" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G264" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H264" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I264" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J264" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K264" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L264" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M264" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N264" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O264" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P264" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q264" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R264" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="265">
+      <x:c r="A265" t="inlineStr">
+        <x:is>
+          <x:t>16069583</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B265" t="inlineStr">
+        <x:is>
+          <x:t>06/22/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C265" t="inlineStr">
+        <x:is>
+          <x:t>06</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D265" t="inlineStr">
+        <x:is>
+          <x:t>22</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E265" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F265" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G265" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H265" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I265" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J265" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K265" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L265" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M265" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N265" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O265" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P265" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q265" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R265" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="266">
+      <x:c r="A266" t="inlineStr">
+        <x:is>
+          <x:t>16069583</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B266" t="inlineStr">
+        <x:is>
+          <x:t>07/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C266" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D266" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E266" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F266" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G266" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H266" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I266" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J266" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K266" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L266" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M266" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N266" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O266" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P266" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q266" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R266" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="267">
+      <x:c r="A267" t="inlineStr">
+        <x:is>
+          <x:t>16069583</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B267" t="inlineStr">
+        <x:is>
+          <x:t>07/12/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C267" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D267" t="inlineStr">
+        <x:is>
+          <x:t>12</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E267" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F267" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G267" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H267" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I267" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J267" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K267" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L267" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M267" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N267" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O267" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P267" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q267" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R267" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="268">
+      <x:c r="A268" t="inlineStr">
+        <x:is>
+          <x:t>16069583</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B268" t="inlineStr">
+        <x:is>
+          <x:t>07/20/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C268" t="inlineStr">
+        <x:is>
+          <x:t>07</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D268" t="inlineStr">
+        <x:is>
+          <x:t>20</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E268" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F268" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G268" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H268" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I268" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J268" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K268" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L268" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M268" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N268" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O268" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P268" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q268" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R268" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="269">
+      <x:c r="A269" t="inlineStr">
+        <x:is>
+          <x:t>16069583</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B269" t="inlineStr">
+        <x:is>
+          <x:t>08/01/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C269" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D269" t="inlineStr">
+        <x:is>
+          <x:t>01</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E269" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F269" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G269" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H269" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I269" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J269" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K269" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L269" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M269" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N269" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O269" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P269" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q269" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R269" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="270">
+      <x:c r="A270" t="inlineStr">
+        <x:is>
+          <x:t>16069583</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B270" t="inlineStr">
+        <x:is>
+          <x:t>08/14/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C270" t="inlineStr">
+        <x:is>
+          <x:t>08</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D270" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E270" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F270" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G270" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H270" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K270" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N270" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O270" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P270" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q270" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R270" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="271">
+      <x:c r="A271" t="inlineStr">
+        <x:is>
+          <x:t>16069583</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B271" t="inlineStr">
+        <x:is>
+          <x:t>09/03/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C271" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D271" t="inlineStr">
+        <x:is>
+          <x:t>03</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E271" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F271" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G271" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H271" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K271" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N271" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O271" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P271" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q271" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R271" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="272">
+      <x:c r="A272" t="inlineStr">
+        <x:is>
+          <x:t>16069583</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B272" t="inlineStr">
+        <x:is>
+          <x:t>09/10/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C272" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D272" t="inlineStr">
+        <x:is>
+          <x:t>10</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E272" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F272" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G272" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H272" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K272" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N272" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O272" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P272" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q272" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R272" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row r="273">
+      <x:c r="A273" t="inlineStr">
+        <x:is>
+          <x:t>16069583</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="B273" t="inlineStr">
+        <x:is>
+          <x:t>09/17/2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="C273" t="inlineStr">
+        <x:is>
+          <x:t>09</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="D273" t="inlineStr">
+        <x:is>
+          <x:t>17</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="E273" t="inlineStr">
+        <x:is>
+          <x:t>2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="F273" t="inlineStr">
+        <x:is>
+          <x:t>14</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="G273" t="inlineStr">
+        <x:is>
+          <x:t>NO</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="H273" t="inlineStr">
+        <x:is>
+          <x:t>4.3</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="I273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="J273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="K273" t="inlineStr">
+        <x:is>
+          <x:t>39</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="L273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="M273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="N273" t="inlineStr">
+        <x:is>
+          <x:t>NORMAL</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="O273" t="inlineStr">
+        <x:is>
+          <x:t/>
+        </x:is>
+      </x:c>
+      <x:c r="P273" t="inlineStr">
+        <x:is>
+          <x:t>MURKY</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="Q273" t="inlineStr">
+        <x:is>
+          <x:t>BROWN</x:t>
+        </x:is>
+      </x:c>
+      <x:c r="R273" t="inlineStr">
+        <x:is>
+          <x:t>1-Beautiful, could not be nicer</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>